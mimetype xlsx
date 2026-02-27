--- v0 (2025-12-31)
+++ v1 (2026-02-27)
@@ -5,85 +5,85 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\saparakpanyaa2\Documents\Angkana\BT5-1\Analysis\RePORT\Web Report\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BFCEB9B5-B031-4A04-8F4F-5648F6963C37}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{572E8212-35CA-48BD-B783-E19DEFF2B9AF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Table #129" sheetId="8" r:id="rId1"/>
     <sheet name="Notes" sheetId="10" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Table #129'!$A$2:$H$262</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Table #129'!$A$1:$H$237</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Table #129'!$2:$2</definedName>
     <definedName name="RequestType">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:FV"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="44">
   <si>
     <t>FY</t>
   </si>
   <si>
     <t>FIC</t>
   </si>
   <si>
     <t>NCI</t>
   </si>
   <si>
     <t>NEI</t>
   </si>
   <si>
     <t>NHGRI</t>
   </si>
   <si>
     <t>NHLBI</t>
   </si>
   <si>
     <t>NIA</t>
   </si>
   <si>
     <t>NIAAA</t>
   </si>
   <si>
@@ -154,134 +154,52 @@
 Total Number of Awards </t>
   </si>
   <si>
     <t xml:space="preserve">Single PI - 
 Total Number of Awards </t>
   </si>
   <si>
     <t>Single PI - 
 Award Rate</t>
   </si>
   <si>
     <t xml:space="preserve">Multi PI - 
 Number of Applications Reviewed </t>
   </si>
   <si>
     <t>Multi PI - 
 Award Rate</t>
   </si>
   <si>
     <t>FY Total</t>
   </si>
   <si>
     <t>NCCIH</t>
   </si>
   <si>
-    <r>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">Defined as activity codes DP1, DP2, DP3, DP4, DP5, P01, PN1, PM1, R00, R01, R03, R15, R16, R21, R22, R23, R29, R33, R34, R35, R36, R37, R61, R50, R55, R56, RC1, RC2, RC3, RC4, RF1, RL1, RL2, RL9, RM1, SI2, UA5, UC1, UC2, UC3, UC4, UC7, UF1, UG3, UH2, UH3, UH5, UM1, UM2, U01, U19, U34, and U3R. Research projects were first coded to NLM in fiscal year 2007. Not all of these activities may be in use by NIH every year.
 </t>
-  </si>
-[...59 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Additional Information: </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>NIH Grants and Funding Glossary</t>
     </r>
   </si>
   <si>
@@ -295,69 +213,118 @@
       <t>Data produced by the</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="11"/>
         <color indexed="12"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Division of Statistical Analysis and Reporting </t>
     </r>
   </si>
   <si>
-    <t>Data last updated 10/21/2024</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">The award rate is the number of awards in a fiscal year divided by the number of applications reviewed (including resubmissions (A1s ) in that fiscal year). This rate describes the chance of an individual application being funded and is the number that more closely reflects institute and center paylines (which can vary significantly from one institute or center to another). In comparison to success rates, the award rate calculation increases the denominator (applications) for the same number of awards (in the numerator). Number of applications reviewed includes resubmissions. </t>
   </si>
   <si>
     <t>Award Rate</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Source: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t>NIH PUB File</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Table #129: NIH Research Project Grants</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> - Number of Competing Applications, Awards and Award Rates by NIH Institutes/Centers and PI Status, Fiscal Years 2015 - 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>Data last updated 12/16/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="####0"/>
     <numFmt numFmtId="166" formatCode="##0.0%"/>
   </numFmts>
-  <fonts count="37" x14ac:knownFonts="1">
+  <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -563,61 +530,71 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF0000FF"/>
+      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
-      <color indexed="12"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="37">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
@@ -1074,61 +1051,61 @@
     </xf>
     <xf numFmtId="3" fontId="33" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="32" fillId="36" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="33" fillId="35" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="33" borderId="0" xfId="35" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="34" fillId="33" borderId="0" xfId="35" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="33" borderId="0" xfId="40" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="51">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
@@ -1458,7812 +1435,8497 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://report.nih.gov/reportweb/web/displayreport?rId=558" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://grants.nih.gov/grants/glossary.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OERSTATS@od.nih.gov?subject=Web%20Report%20Inquiry" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:M262"/>
+  <dimension ref="A1:M288"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="2" width="15.6640625" style="8" customWidth="1"/>
-    <col min="3" max="8" width="20.6640625" customWidth="1"/>
+    <col min="1" max="2" width="15.7109375" style="8" customWidth="1"/>
+    <col min="3" max="8" width="20.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E1" s="1"/>
     </row>
-    <row r="2" spans="1:13" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" s="2" customFormat="1" ht="75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="7" t="s">
         <v>25</v>
       </c>
       <c r="C2" s="7" t="s">
         <v>28</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>30</v>
       </c>
       <c r="E2" s="7" t="s">
         <v>31</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>32</v>
       </c>
       <c r="G2" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H2" s="7" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="12">
         <v>2015</v>
       </c>
       <c r="B3" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="13">
         <v>96</v>
       </c>
       <c r="D3" s="13">
         <v>3</v>
       </c>
       <c r="E3" s="14">
         <v>3.125E-2</v>
       </c>
       <c r="F3" s="13">
         <v>56</v>
       </c>
       <c r="G3" s="13">
         <v>10</v>
       </c>
       <c r="H3" s="14">
         <v>0.17857142857142999</v>
       </c>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
       <c r="L3" s="3"/>
       <c r="M3" s="3"/>
     </row>
-    <row r="4" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="12">
         <v>2015</v>
       </c>
       <c r="B4" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C4" s="13">
         <v>10</v>
       </c>
       <c r="D4" s="13">
         <v>3</v>
       </c>
       <c r="E4" s="14">
         <v>0.3</v>
       </c>
       <c r="F4" s="13">
         <v>8</v>
       </c>
       <c r="G4" s="13">
         <v>2</v>
       </c>
       <c r="H4" s="14">
         <v>0.25</v>
       </c>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
     </row>
-    <row r="5" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="12">
         <v>2015</v>
       </c>
       <c r="B5" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="13">
         <v>225</v>
       </c>
       <c r="D5" s="13">
         <v>25</v>
       </c>
       <c r="E5" s="14">
         <v>0.11111111111110999</v>
       </c>
       <c r="F5" s="13">
         <v>64</v>
       </c>
       <c r="G5" s="13">
         <v>11</v>
       </c>
       <c r="H5" s="14">
         <v>0.171875</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
     </row>
-    <row r="6" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="12">
         <v>2015</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="13">
         <v>8026</v>
       </c>
       <c r="D6" s="13">
         <v>978</v>
       </c>
       <c r="E6" s="14">
         <v>0.12185397458261001</v>
       </c>
       <c r="F6" s="13">
         <v>2129</v>
       </c>
       <c r="G6" s="13">
         <v>285</v>
       </c>
       <c r="H6" s="14">
         <v>0.13386566463128</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
       <c r="L6" s="3"/>
       <c r="M6" s="3"/>
     </row>
-    <row r="7" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="12">
         <v>2015</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="13">
         <v>1155</v>
       </c>
       <c r="D7" s="13">
         <v>240</v>
       </c>
       <c r="E7" s="14">
         <v>0.20779220779221</v>
       </c>
       <c r="F7" s="13">
         <v>238</v>
       </c>
       <c r="G7" s="13">
         <v>54</v>
       </c>
       <c r="H7" s="14">
         <v>0.22689075630252001</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="3"/>
       <c r="L7" s="3"/>
       <c r="M7" s="3"/>
     </row>
-    <row r="8" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="12">
         <v>2015</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="13">
         <v>248</v>
       </c>
       <c r="D8" s="13">
         <v>42</v>
       </c>
       <c r="E8" s="14">
         <v>0.16935483870967999</v>
       </c>
       <c r="F8" s="13">
         <v>99</v>
       </c>
       <c r="G8" s="13">
         <v>30</v>
       </c>
       <c r="H8" s="14">
         <v>0.30303030303029999</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
       <c r="L8" s="3"/>
       <c r="M8" s="3"/>
     </row>
-    <row r="9" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="12">
         <v>2015</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="13">
         <v>3598</v>
       </c>
       <c r="D9" s="13">
         <v>731</v>
       </c>
       <c r="E9" s="14">
         <v>0.20316842690383999</v>
       </c>
       <c r="F9" s="13">
         <v>1066</v>
       </c>
       <c r="G9" s="13">
         <v>213</v>
       </c>
       <c r="H9" s="14">
         <v>0.19981238273921001</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3"/>
     </row>
-    <row r="10" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="12">
         <v>2015</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="13">
         <v>2245</v>
       </c>
       <c r="D10" s="13">
         <v>346</v>
       </c>
       <c r="E10" s="14">
         <v>0.15412026726058001</v>
       </c>
       <c r="F10" s="13">
         <v>537</v>
       </c>
       <c r="G10" s="13">
         <v>103</v>
       </c>
       <c r="H10" s="14">
         <v>0.19180633147114001</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
-    <row r="11" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="12">
         <v>2015</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="13">
         <v>825</v>
       </c>
       <c r="D11" s="13">
         <v>114</v>
       </c>
       <c r="E11" s="14">
         <v>0.13818181818181999</v>
       </c>
       <c r="F11" s="13">
         <v>210</v>
       </c>
       <c r="G11" s="13">
         <v>40</v>
       </c>
       <c r="H11" s="14">
         <v>0.19047619047618999</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
       <c r="L11" s="3"/>
       <c r="M11" s="3"/>
     </row>
-    <row r="12" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="12">
         <v>2015</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="13">
         <v>5411</v>
       </c>
       <c r="D12" s="13">
         <v>1100</v>
       </c>
       <c r="E12" s="14">
         <v>0.2032895952689</v>
       </c>
       <c r="F12" s="13">
         <v>1116</v>
       </c>
       <c r="G12" s="13">
         <v>196</v>
       </c>
       <c r="H12" s="14">
         <v>0.17562724014337</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
       <c r="L12" s="3"/>
       <c r="M12" s="3"/>
     </row>
-    <row r="13" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="12">
         <v>2015</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C13" s="13">
         <v>1493</v>
       </c>
       <c r="D13" s="13">
         <v>231</v>
       </c>
       <c r="E13" s="14">
         <v>0.15472203616878999</v>
       </c>
       <c r="F13" s="13">
         <v>324</v>
       </c>
       <c r="G13" s="13">
         <v>50</v>
       </c>
       <c r="H13" s="14">
         <v>0.15432098765432001</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
     </row>
-    <row r="14" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12">
         <v>2015</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C14" s="13">
         <v>1351</v>
       </c>
       <c r="D14" s="13">
         <v>156</v>
       </c>
       <c r="E14" s="14">
         <v>0.11547002220577</v>
       </c>
       <c r="F14" s="13">
         <v>362</v>
       </c>
       <c r="G14" s="13">
         <v>51</v>
       </c>
       <c r="H14" s="14">
         <v>0.14088397790054999</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="3"/>
       <c r="K14" s="3"/>
       <c r="L14" s="3"/>
       <c r="M14" s="3"/>
     </row>
-    <row r="15" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="12">
         <v>2015</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="13">
         <v>2914</v>
       </c>
       <c r="D15" s="13">
         <v>320</v>
       </c>
       <c r="E15" s="14">
         <v>0.10981468771448</v>
       </c>
       <c r="F15" s="13">
         <v>790</v>
       </c>
       <c r="G15" s="13">
         <v>92</v>
       </c>
       <c r="H15" s="14">
         <v>0.11645569620253</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
       <c r="L15" s="3"/>
       <c r="M15" s="3"/>
     </row>
-    <row r="16" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="12">
         <v>2015</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="13">
         <v>1636</v>
       </c>
       <c r="D16" s="13">
         <v>295</v>
       </c>
       <c r="E16" s="14">
         <v>0.18031784841076001</v>
       </c>
       <c r="F16" s="13">
         <v>455</v>
       </c>
       <c r="G16" s="13">
         <v>83</v>
       </c>
       <c r="H16" s="14">
         <v>0.18241758241757999</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
       <c r="L16" s="3"/>
       <c r="M16" s="3"/>
     </row>
-    <row r="17" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="12">
         <v>2015</v>
       </c>
       <c r="B17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="13">
         <v>685</v>
       </c>
       <c r="D17" s="13">
         <v>156</v>
       </c>
       <c r="E17" s="14">
         <v>0.22773722627737</v>
       </c>
       <c r="F17" s="13">
         <v>99</v>
       </c>
       <c r="G17" s="13">
         <v>24</v>
       </c>
       <c r="H17" s="14">
         <v>0.24242424242423999</v>
       </c>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
-    <row r="18" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="12">
         <v>2015</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="13">
         <v>648</v>
       </c>
       <c r="D18" s="13">
         <v>125</v>
       </c>
       <c r="E18" s="14">
         <v>0.19290123456790001</v>
       </c>
       <c r="F18" s="13">
         <v>197</v>
       </c>
       <c r="G18" s="13">
         <v>48</v>
       </c>
       <c r="H18" s="14">
         <v>0.24365482233503</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
-    <row r="19" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="12">
         <v>2015</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C19" s="13">
         <v>3007</v>
       </c>
       <c r="D19" s="13">
         <v>572</v>
       </c>
       <c r="E19" s="14">
         <v>0.19022281343531999</v>
       </c>
       <c r="F19" s="13">
         <v>747</v>
       </c>
       <c r="G19" s="13">
         <v>121</v>
       </c>
       <c r="H19" s="14">
         <v>0.1619812583668</v>
       </c>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
-    <row r="20" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="12">
         <v>2015</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C20" s="13">
         <v>1065</v>
       </c>
       <c r="D20" s="13">
         <v>140</v>
       </c>
       <c r="E20" s="14">
         <v>0.13145539906102999</v>
       </c>
       <c r="F20" s="13">
         <v>283</v>
       </c>
       <c r="G20" s="13">
         <v>53</v>
       </c>
       <c r="H20" s="14">
         <v>0.18727915194346001</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
     </row>
-    <row r="21" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="12">
         <v>2015</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C21" s="13">
         <v>3444</v>
       </c>
       <c r="D21" s="13">
         <v>981</v>
       </c>
       <c r="E21" s="14">
         <v>0.28484320557491</v>
       </c>
       <c r="F21" s="13">
         <v>495</v>
       </c>
       <c r="G21" s="13">
         <v>119</v>
       </c>
       <c r="H21" s="14">
         <v>0.24040404040404001</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
-    <row r="22" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="12">
         <v>2015</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="13">
         <v>2077</v>
       </c>
       <c r="D22" s="13">
         <v>382</v>
       </c>
       <c r="E22" s="14">
         <v>0.18391911410688</v>
       </c>
       <c r="F22" s="13">
         <v>610</v>
       </c>
       <c r="G22" s="13">
         <v>112</v>
       </c>
       <c r="H22" s="14">
         <v>0.18360655737705001</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
-    <row r="23" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="12">
         <v>2015</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="13">
         <v>169</v>
       </c>
       <c r="D23" s="13">
         <v>24</v>
       </c>
       <c r="E23" s="14">
         <v>0.14201183431952999</v>
       </c>
       <c r="F23" s="13">
         <v>52</v>
       </c>
       <c r="G23" s="13">
         <v>7</v>
       </c>
       <c r="H23" s="14">
         <v>0.13461538461538</v>
       </c>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
-    <row r="24" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="12">
         <v>2015</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C24" s="13">
         <v>3608</v>
       </c>
       <c r="D24" s="13">
         <v>679</v>
       </c>
       <c r="E24" s="14">
         <v>0.18819290465631999</v>
       </c>
       <c r="F24" s="13">
         <v>835</v>
       </c>
       <c r="G24" s="13">
         <v>154</v>
       </c>
       <c r="H24" s="14">
         <v>0.18443113772455</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="3"/>
       <c r="K24" s="3"/>
       <c r="L24" s="3"/>
       <c r="M24" s="3"/>
     </row>
-    <row r="25" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="12">
         <v>2015</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="13">
         <v>460</v>
       </c>
       <c r="D25" s="13">
         <v>35</v>
       </c>
       <c r="E25" s="14">
         <v>7.6086956521739996E-2</v>
       </c>
       <c r="F25" s="13">
         <v>146</v>
       </c>
       <c r="G25" s="13">
         <v>12</v>
       </c>
       <c r="H25" s="14">
         <v>8.2191780821919996E-2</v>
       </c>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
-    <row r="26" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="12">
         <v>2015</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C26" s="13">
         <v>94</v>
       </c>
       <c r="D26" s="13">
         <v>16</v>
       </c>
       <c r="E26" s="14">
         <v>0.17021276595745</v>
       </c>
       <c r="F26" s="13">
         <v>21</v>
       </c>
       <c r="G26" s="13">
         <v>6</v>
       </c>
       <c r="H26" s="14">
         <v>0.28571428571428997</v>
       </c>
       <c r="I26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
     </row>
-    <row r="27" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="12">
         <v>2015</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C27" s="13">
         <v>913</v>
       </c>
       <c r="D27" s="13">
         <v>28</v>
       </c>
       <c r="E27" s="14">
         <v>3.0668127053669999E-2</v>
       </c>
       <c r="F27" s="13">
         <v>88</v>
       </c>
       <c r="G27" s="13">
         <v>5</v>
       </c>
       <c r="H27" s="14">
         <v>5.6818181818179998E-2</v>
       </c>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
-    <row r="28" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="15">
         <v>2015</v>
       </c>
       <c r="B28" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="16">
         <v>45403</v>
       </c>
       <c r="D28" s="16">
         <v>7722</v>
       </c>
       <c r="E28" s="17">
         <v>0.17007686716737</v>
       </c>
       <c r="F28" s="16">
         <v>11027</v>
       </c>
       <c r="G28" s="16">
         <v>1881</v>
       </c>
       <c r="H28" s="17">
         <v>0.17058130044436001</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
-    <row r="29" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="12">
         <v>2016</v>
       </c>
       <c r="B29" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C29" s="13">
         <v>51</v>
       </c>
       <c r="D29" s="13">
         <v>14</v>
       </c>
       <c r="E29" s="14">
         <v>0.27450980392156998</v>
       </c>
       <c r="F29" s="13">
         <v>27</v>
       </c>
       <c r="G29" s="13">
         <v>9</v>
       </c>
       <c r="H29" s="14">
         <v>0.33333333333332998</v>
       </c>
       <c r="I29" s="3"/>
       <c r="J29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
     </row>
-    <row r="30" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="12">
         <v>2016</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="13">
         <v>39</v>
       </c>
       <c r="D30" s="13">
         <v>10</v>
       </c>
       <c r="E30" s="14">
         <v>0.25641025641026</v>
       </c>
       <c r="F30" s="13">
         <v>26</v>
       </c>
       <c r="G30" s="13">
         <v>8</v>
       </c>
       <c r="H30" s="14">
         <v>0.30769230769230999</v>
       </c>
       <c r="I30" s="3"/>
       <c r="J30" s="3"/>
       <c r="K30" s="3"/>
       <c r="L30" s="3"/>
       <c r="M30" s="3"/>
     </row>
-    <row r="31" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="12">
         <v>2016</v>
       </c>
       <c r="B31" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="13">
         <v>266</v>
       </c>
       <c r="D31" s="13">
         <v>36</v>
       </c>
       <c r="E31" s="14">
         <v>0.13533834586466001</v>
       </c>
       <c r="F31" s="13">
         <v>100</v>
       </c>
       <c r="G31" s="13">
         <v>17</v>
       </c>
       <c r="H31" s="14">
         <v>0.17</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="3"/>
       <c r="K31" s="3"/>
       <c r="L31" s="3"/>
       <c r="M31" s="3"/>
     </row>
-    <row r="32" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="12">
         <v>2016</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="13">
         <v>8577</v>
       </c>
       <c r="D32" s="13">
         <v>973</v>
       </c>
       <c r="E32" s="14">
         <v>0.11344292876297001</v>
       </c>
       <c r="F32" s="13">
         <v>2460</v>
       </c>
       <c r="G32" s="13">
         <v>295</v>
       </c>
       <c r="H32" s="14">
         <v>0.11991869918699</v>
       </c>
       <c r="I32" s="3"/>
       <c r="J32" s="3"/>
       <c r="K32" s="3"/>
       <c r="L32" s="3"/>
       <c r="M32" s="3"/>
     </row>
-    <row r="33" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="12">
         <v>2016</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C33" s="13">
         <v>1150</v>
       </c>
       <c r="D33" s="13">
         <v>273</v>
       </c>
       <c r="E33" s="14">
         <v>0.23739130434783001</v>
       </c>
       <c r="F33" s="13">
         <v>257</v>
       </c>
       <c r="G33" s="13">
         <v>63</v>
       </c>
       <c r="H33" s="14">
         <v>0.24513618677043</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="3"/>
       <c r="K33" s="3"/>
       <c r="L33" s="3"/>
       <c r="M33" s="3"/>
     </row>
-    <row r="34" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="12">
         <v>2016</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C34" s="13">
         <v>216</v>
       </c>
       <c r="D34" s="13">
         <v>57</v>
       </c>
       <c r="E34" s="14">
         <v>0.26388888888889001</v>
       </c>
       <c r="F34" s="13">
         <v>90</v>
       </c>
       <c r="G34" s="13">
         <v>24</v>
       </c>
       <c r="H34" s="14">
         <v>0.26666666666666999</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="3"/>
       <c r="K34" s="3"/>
       <c r="L34" s="3"/>
       <c r="M34" s="3"/>
     </row>
-    <row r="35" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="12">
         <v>2016</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C35" s="13">
         <v>3383</v>
       </c>
       <c r="D35" s="13">
         <v>761</v>
       </c>
       <c r="E35" s="14">
         <v>0.22494827076559001</v>
       </c>
       <c r="F35" s="13">
         <v>1049</v>
       </c>
       <c r="G35" s="13">
         <v>229</v>
       </c>
       <c r="H35" s="14">
         <v>0.21830314585318999</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="3"/>
       <c r="K35" s="3"/>
       <c r="L35" s="3"/>
       <c r="M35" s="3"/>
     </row>
-    <row r="36" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="12">
         <v>2016</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C36" s="13">
         <v>2312</v>
       </c>
       <c r="D36" s="13">
         <v>468</v>
       </c>
       <c r="E36" s="14">
         <v>0.20242214532871999</v>
       </c>
       <c r="F36" s="13">
         <v>653</v>
       </c>
       <c r="G36" s="13">
         <v>137</v>
       </c>
       <c r="H36" s="14">
         <v>0.20980091883613999</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="3"/>
       <c r="K36" s="3"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3"/>
     </row>
-    <row r="37" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="12">
         <v>2016</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C37" s="13">
         <v>775</v>
       </c>
       <c r="D37" s="13">
         <v>131</v>
       </c>
       <c r="E37" s="14">
         <v>0.16903225806451999</v>
       </c>
       <c r="F37" s="13">
         <v>213</v>
       </c>
       <c r="G37" s="13">
         <v>40</v>
       </c>
       <c r="H37" s="14">
         <v>0.18779342723004999</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
     </row>
-    <row r="38" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="12">
         <v>2016</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="13">
         <v>5520</v>
       </c>
       <c r="D38" s="13">
         <v>1203</v>
       </c>
       <c r="E38" s="14">
         <v>0.2179347826087</v>
       </c>
       <c r="F38" s="13">
         <v>1153</v>
       </c>
       <c r="G38" s="13">
         <v>254</v>
       </c>
       <c r="H38" s="14">
         <v>0.22029488291414001</v>
       </c>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
     </row>
-    <row r="39" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="12">
         <v>2016</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C39" s="13">
         <v>1385</v>
       </c>
       <c r="D39" s="13">
         <v>201</v>
       </c>
       <c r="E39" s="14">
         <v>0.14512635379061001</v>
       </c>
       <c r="F39" s="13">
         <v>316</v>
       </c>
       <c r="G39" s="13">
         <v>49</v>
       </c>
       <c r="H39" s="14">
         <v>0.15506329113924</v>
       </c>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
     </row>
-    <row r="40" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="12">
         <v>2016</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C40" s="13">
         <v>1318</v>
       </c>
       <c r="D40" s="13">
         <v>184</v>
       </c>
       <c r="E40" s="14">
         <v>0.13960546282246</v>
       </c>
       <c r="F40" s="13">
         <v>433</v>
       </c>
       <c r="G40" s="13">
         <v>71</v>
       </c>
       <c r="H40" s="14">
         <v>0.16397228637413</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
     </row>
-    <row r="41" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="12">
         <v>2016</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C41" s="13">
         <v>2900</v>
       </c>
       <c r="D41" s="13">
         <v>343</v>
       </c>
       <c r="E41" s="14">
         <v>0.11827586206897001</v>
       </c>
       <c r="F41" s="13">
         <v>883</v>
       </c>
       <c r="G41" s="13">
         <v>127</v>
       </c>
       <c r="H41" s="14">
         <v>0.14382785956965</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
     </row>
-    <row r="42" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="12">
         <v>2016</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C42" s="13">
         <v>1704</v>
       </c>
       <c r="D42" s="13">
         <v>256</v>
       </c>
       <c r="E42" s="14">
         <v>0.15023474178404</v>
       </c>
       <c r="F42" s="13">
         <v>536</v>
       </c>
       <c r="G42" s="13">
         <v>82</v>
       </c>
       <c r="H42" s="14">
         <v>0.15298507462687</v>
       </c>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
     </row>
-    <row r="43" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="12">
         <v>2016</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="13">
         <v>771</v>
       </c>
       <c r="D43" s="13">
         <v>187</v>
       </c>
       <c r="E43" s="14">
         <v>0.24254215304799001</v>
       </c>
       <c r="F43" s="13">
         <v>133</v>
       </c>
       <c r="G43" s="13">
         <v>32</v>
       </c>
       <c r="H43" s="14">
         <v>0.24060150375940001</v>
       </c>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
     </row>
-    <row r="44" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="12">
         <v>2016</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="13">
         <v>731</v>
       </c>
       <c r="D44" s="13">
         <v>127</v>
       </c>
       <c r="E44" s="14">
         <v>0.17373461012312</v>
       </c>
       <c r="F44" s="13">
         <v>208</v>
       </c>
       <c r="G44" s="13">
         <v>45</v>
       </c>
       <c r="H44" s="14">
         <v>0.21634615384615</v>
       </c>
       <c r="I44" s="3"/>
       <c r="J44" s="3"/>
       <c r="K44" s="3"/>
       <c r="L44" s="3"/>
       <c r="M44" s="3"/>
     </row>
-    <row r="45" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="12">
         <v>2016</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C45" s="13">
         <v>3149</v>
       </c>
       <c r="D45" s="13">
         <v>595</v>
       </c>
       <c r="E45" s="14">
         <v>0.18894887265799001</v>
       </c>
       <c r="F45" s="13">
         <v>822</v>
       </c>
       <c r="G45" s="13">
         <v>146</v>
       </c>
       <c r="H45" s="14">
         <v>0.17761557177616</v>
       </c>
       <c r="I45" s="3"/>
       <c r="J45" s="3"/>
       <c r="K45" s="3"/>
       <c r="L45" s="3"/>
       <c r="M45" s="3"/>
     </row>
-    <row r="46" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="12">
         <v>2016</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C46" s="13">
         <v>959</v>
       </c>
       <c r="D46" s="13">
         <v>130</v>
       </c>
       <c r="E46" s="14">
         <v>0.13555787278414999</v>
       </c>
       <c r="F46" s="13">
         <v>298</v>
       </c>
       <c r="G46" s="13">
         <v>37</v>
       </c>
       <c r="H46" s="14">
         <v>0.1241610738255</v>
       </c>
       <c r="I46" s="3"/>
       <c r="J46" s="3"/>
       <c r="K46" s="3"/>
       <c r="L46" s="3"/>
       <c r="M46" s="3"/>
     </row>
-    <row r="47" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="12">
         <v>2016</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C47" s="13">
         <v>3654</v>
       </c>
       <c r="D47" s="13">
         <v>1076</v>
       </c>
       <c r="E47" s="14">
         <v>0.29447181171318998</v>
       </c>
       <c r="F47" s="13">
         <v>544</v>
       </c>
       <c r="G47" s="13">
         <v>108</v>
       </c>
       <c r="H47" s="14">
         <v>0.19852941176471001</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="3"/>
       <c r="K47" s="3"/>
       <c r="L47" s="3"/>
       <c r="M47" s="3"/>
     </row>
-    <row r="48" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="12">
         <v>2016</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="13">
         <v>2086</v>
       </c>
       <c r="D48" s="13">
         <v>442</v>
       </c>
       <c r="E48" s="14">
         <v>0.21188878235858</v>
       </c>
       <c r="F48" s="13">
         <v>773</v>
       </c>
       <c r="G48" s="13">
         <v>171</v>
       </c>
       <c r="H48" s="14">
         <v>0.22121604139715001</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
     </row>
-    <row r="49" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="12">
         <v>2016</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="13">
         <v>187</v>
       </c>
       <c r="D49" s="13">
         <v>36</v>
       </c>
       <c r="E49" s="14">
         <v>0.19251336898395999</v>
       </c>
       <c r="F49" s="13">
         <v>110</v>
       </c>
       <c r="G49" s="13">
         <v>20</v>
       </c>
       <c r="H49" s="14">
         <v>0.18181818181817999</v>
       </c>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
     </row>
-    <row r="50" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="12">
         <v>2016</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C50" s="13">
         <v>3807</v>
       </c>
       <c r="D50" s="13">
         <v>668</v>
       </c>
       <c r="E50" s="14">
         <v>0.17546624638823</v>
       </c>
       <c r="F50" s="13">
         <v>946</v>
       </c>
       <c r="G50" s="13">
         <v>173</v>
       </c>
       <c r="H50" s="14">
         <v>0.18287526427060999</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="3"/>
       <c r="K50" s="3"/>
       <c r="L50" s="3"/>
       <c r="M50" s="3"/>
     </row>
-    <row r="51" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="12">
         <v>2016</v>
       </c>
       <c r="B51" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="13">
         <v>485</v>
       </c>
       <c r="D51" s="13">
         <v>38</v>
       </c>
       <c r="E51" s="14">
         <v>7.8350515463919995E-2</v>
       </c>
       <c r="F51" s="13">
         <v>196</v>
       </c>
       <c r="G51" s="13">
         <v>19</v>
       </c>
       <c r="H51" s="14">
         <v>9.6938775510199998E-2</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="3"/>
       <c r="K51" s="3"/>
       <c r="L51" s="3"/>
       <c r="M51" s="3"/>
     </row>
-    <row r="52" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="12">
         <v>2016</v>
       </c>
       <c r="B52" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C52" s="13">
         <v>116</v>
       </c>
       <c r="D52" s="13">
         <v>10</v>
       </c>
       <c r="E52" s="14">
         <v>8.6206896551719994E-2</v>
       </c>
       <c r="F52" s="13">
         <v>18</v>
       </c>
       <c r="G52" s="13">
         <v>6</v>
       </c>
       <c r="H52" s="14">
         <v>0.33333333333332998</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="3"/>
       <c r="K52" s="3"/>
       <c r="L52" s="3"/>
       <c r="M52" s="3"/>
     </row>
-    <row r="53" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="12">
         <v>2016</v>
       </c>
       <c r="B53" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="13">
         <v>989</v>
       </c>
       <c r="D53" s="13">
         <v>41</v>
       </c>
       <c r="E53" s="14">
         <v>4.1456016177959999E-2</v>
       </c>
       <c r="F53" s="13">
         <v>164</v>
       </c>
       <c r="G53" s="13">
         <v>29</v>
       </c>
       <c r="H53" s="14">
         <v>0.17682926829268</v>
       </c>
       <c r="I53" s="3"/>
       <c r="J53" s="3"/>
       <c r="K53" s="3"/>
       <c r="L53" s="3"/>
       <c r="M53" s="3"/>
     </row>
-    <row r="54" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="15">
         <v>2016</v>
       </c>
       <c r="B54" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C54" s="16">
         <v>46530</v>
       </c>
       <c r="D54" s="16">
         <v>8260</v>
       </c>
       <c r="E54" s="17">
         <v>0.17751987964754001</v>
       </c>
       <c r="F54" s="16">
         <v>12408</v>
       </c>
       <c r="G54" s="16">
         <v>2191</v>
       </c>
       <c r="H54" s="17">
         <v>0.17657962604770999</v>
       </c>
       <c r="I54" s="3"/>
       <c r="J54" s="3"/>
       <c r="K54" s="3"/>
       <c r="L54" s="3"/>
       <c r="M54" s="3"/>
     </row>
-    <row r="55" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="12">
         <v>2017</v>
       </c>
       <c r="B55" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C55" s="13">
         <v>108</v>
       </c>
       <c r="D55" s="13">
         <v>14</v>
       </c>
       <c r="E55" s="14">
         <v>0.12962962962963001</v>
       </c>
       <c r="F55" s="13">
         <v>87</v>
       </c>
       <c r="G55" s="13">
         <v>7</v>
       </c>
       <c r="H55" s="14">
         <v>8.0459770114940002E-2</v>
       </c>
       <c r="I55" s="3"/>
       <c r="J55" s="3"/>
       <c r="K55" s="3"/>
       <c r="L55" s="3"/>
       <c r="M55" s="3"/>
     </row>
-    <row r="56" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="12">
         <v>2017</v>
       </c>
       <c r="B56" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="13">
         <v>59</v>
       </c>
       <c r="D56" s="13">
         <v>12</v>
       </c>
       <c r="E56" s="14">
         <v>0.20338983050847001</v>
       </c>
       <c r="F56" s="13">
         <v>60</v>
       </c>
       <c r="G56" s="13">
         <v>14</v>
       </c>
       <c r="H56" s="14">
         <v>0.23333333333333001</v>
       </c>
       <c r="I56" s="3"/>
       <c r="J56" s="3"/>
       <c r="K56" s="3"/>
       <c r="L56" s="3"/>
       <c r="M56" s="3"/>
     </row>
-    <row r="57" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="12">
         <v>2017</v>
       </c>
       <c r="B57" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C57" s="13">
         <v>188</v>
       </c>
       <c r="D57" s="13">
         <v>24</v>
       </c>
       <c r="E57" s="14">
         <v>0.12765957446809001</v>
       </c>
       <c r="F57" s="13">
         <v>72</v>
       </c>
       <c r="G57" s="13">
         <v>17</v>
       </c>
       <c r="H57" s="14">
         <v>0.23611111111110999</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="3"/>
       <c r="K57" s="3"/>
       <c r="L57" s="3"/>
       <c r="M57" s="3"/>
     </row>
-    <row r="58" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="12">
         <v>2017</v>
       </c>
       <c r="B58" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C58" s="13">
         <v>7654</v>
       </c>
       <c r="D58" s="13">
         <v>874</v>
       </c>
       <c r="E58" s="14">
         <v>0.11418865952443</v>
       </c>
       <c r="F58" s="13">
         <v>2710</v>
       </c>
       <c r="G58" s="13">
         <v>301</v>
       </c>
       <c r="H58" s="14">
         <v>0.11107011070111</v>
       </c>
       <c r="I58" s="3"/>
       <c r="J58" s="3"/>
       <c r="K58" s="3"/>
       <c r="L58" s="3"/>
       <c r="M58" s="3"/>
     </row>
-    <row r="59" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="12">
         <v>2017</v>
       </c>
       <c r="B59" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C59" s="13">
         <v>1058</v>
       </c>
       <c r="D59" s="13">
         <v>244</v>
       </c>
       <c r="E59" s="14">
         <v>0.23062381852552</v>
       </c>
       <c r="F59" s="13">
         <v>261</v>
       </c>
       <c r="G59" s="13">
         <v>61</v>
       </c>
       <c r="H59" s="14">
         <v>0.23371647509578999</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="3"/>
       <c r="K59" s="3"/>
       <c r="L59" s="3"/>
       <c r="M59" s="3"/>
     </row>
-    <row r="60" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="12">
         <v>2017</v>
       </c>
       <c r="B60" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C60" s="13">
         <v>312</v>
       </c>
       <c r="D60" s="13">
         <v>62</v>
       </c>
       <c r="E60" s="14">
         <v>0.19871794871795001</v>
       </c>
       <c r="F60" s="13">
         <v>148</v>
       </c>
       <c r="G60" s="13">
         <v>35</v>
       </c>
       <c r="H60" s="14">
         <v>0.23648648648649001</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="3"/>
       <c r="K60" s="3"/>
       <c r="L60" s="3"/>
       <c r="M60" s="3"/>
     </row>
-    <row r="61" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="12">
         <v>2017</v>
       </c>
       <c r="B61" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C61" s="13">
         <v>3421</v>
       </c>
       <c r="D61" s="13">
         <v>753</v>
       </c>
       <c r="E61" s="14">
         <v>0.22011107863198001</v>
       </c>
       <c r="F61" s="13">
         <v>1015</v>
       </c>
       <c r="G61" s="13">
         <v>213</v>
       </c>
       <c r="H61" s="14">
         <v>0.20985221674877</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="3"/>
       <c r="K61" s="3"/>
       <c r="L61" s="3"/>
       <c r="M61" s="3"/>
     </row>
-    <row r="62" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="12">
         <v>2017</v>
       </c>
       <c r="B62" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C62" s="13">
         <v>2494</v>
       </c>
       <c r="D62" s="13">
         <v>545</v>
       </c>
       <c r="E62" s="14">
         <v>0.21852445870088</v>
       </c>
       <c r="F62" s="13">
         <v>845</v>
       </c>
       <c r="G62" s="13">
         <v>228</v>
       </c>
       <c r="H62" s="14">
         <v>0.2698224852071</v>
       </c>
       <c r="I62" s="3"/>
       <c r="J62" s="3"/>
       <c r="K62" s="3"/>
       <c r="L62" s="3"/>
       <c r="M62" s="3"/>
     </row>
-    <row r="63" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="12">
         <v>2017</v>
       </c>
       <c r="B63" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C63" s="13">
         <v>736</v>
       </c>
       <c r="D63" s="13">
         <v>151</v>
       </c>
       <c r="E63" s="14">
         <v>0.20516304347826</v>
       </c>
       <c r="F63" s="13">
         <v>252</v>
       </c>
       <c r="G63" s="13">
         <v>55</v>
       </c>
       <c r="H63" s="14">
         <v>0.21825396825397</v>
       </c>
       <c r="I63" s="3"/>
       <c r="J63" s="3"/>
       <c r="K63" s="3"/>
       <c r="L63" s="3"/>
       <c r="M63" s="3"/>
     </row>
-    <row r="64" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="12">
         <v>2017</v>
       </c>
       <c r="B64" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="13">
         <v>5955</v>
       </c>
       <c r="D64" s="13">
         <v>1041</v>
       </c>
       <c r="E64" s="14">
         <v>0.17481108312342999</v>
       </c>
       <c r="F64" s="13">
         <v>1400</v>
       </c>
       <c r="G64" s="13">
         <v>258</v>
       </c>
       <c r="H64" s="14">
         <v>0.18428571428571</v>
       </c>
       <c r="I64" s="3"/>
       <c r="J64" s="3"/>
       <c r="K64" s="3"/>
       <c r="L64" s="3"/>
       <c r="M64" s="3"/>
     </row>
-    <row r="65" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="12">
         <v>2017</v>
       </c>
       <c r="B65" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C65" s="13">
         <v>1352</v>
       </c>
       <c r="D65" s="13">
         <v>217</v>
       </c>
       <c r="E65" s="14">
         <v>0.16050295857988001</v>
       </c>
       <c r="F65" s="13">
         <v>425</v>
       </c>
       <c r="G65" s="13">
         <v>58</v>
       </c>
       <c r="H65" s="14">
         <v>0.13647058823529001</v>
       </c>
       <c r="I65" s="3"/>
       <c r="J65" s="3"/>
       <c r="K65" s="3"/>
       <c r="L65" s="3"/>
       <c r="M65" s="3"/>
     </row>
-    <row r="66" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="12">
         <v>2017</v>
       </c>
       <c r="B66" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C66" s="13">
         <v>1285</v>
       </c>
       <c r="D66" s="13">
         <v>153</v>
       </c>
       <c r="E66" s="14">
         <v>0.11906614785991999</v>
       </c>
       <c r="F66" s="13">
         <v>431</v>
       </c>
       <c r="G66" s="13">
         <v>58</v>
       </c>
       <c r="H66" s="14">
         <v>0.13457076566125001</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="3"/>
       <c r="K66" s="3"/>
       <c r="L66" s="3"/>
       <c r="M66" s="3"/>
     </row>
-    <row r="67" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="12">
         <v>2017</v>
       </c>
       <c r="B67" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C67" s="13">
         <v>2730</v>
       </c>
       <c r="D67" s="13">
         <v>406</v>
       </c>
       <c r="E67" s="14">
         <v>0.14871794871794999</v>
       </c>
       <c r="F67" s="13">
         <v>817</v>
       </c>
       <c r="G67" s="13">
         <v>131</v>
       </c>
       <c r="H67" s="14">
         <v>0.16034271725825999</v>
       </c>
       <c r="I67" s="3"/>
       <c r="J67" s="3"/>
       <c r="K67" s="3"/>
       <c r="L67" s="3"/>
       <c r="M67" s="3"/>
     </row>
-    <row r="68" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="12">
         <v>2017</v>
       </c>
       <c r="B68" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C68" s="13">
         <v>1749</v>
       </c>
       <c r="D68" s="13">
         <v>319</v>
       </c>
       <c r="E68" s="14">
         <v>0.18238993710692</v>
       </c>
       <c r="F68" s="13">
         <v>530</v>
       </c>
       <c r="G68" s="13">
         <v>94</v>
       </c>
       <c r="H68" s="14">
         <v>0.17735849056604</v>
       </c>
       <c r="I68" s="3"/>
       <c r="J68" s="3"/>
       <c r="K68" s="3"/>
       <c r="L68" s="3"/>
       <c r="M68" s="3"/>
     </row>
-    <row r="69" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="12">
         <v>2017</v>
       </c>
       <c r="B69" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="13">
         <v>743</v>
       </c>
       <c r="D69" s="13">
         <v>167</v>
       </c>
       <c r="E69" s="14">
         <v>0.22476446837146999</v>
       </c>
       <c r="F69" s="13">
         <v>150</v>
       </c>
       <c r="G69" s="13">
         <v>28</v>
       </c>
       <c r="H69" s="14">
         <v>0.18666666666667001</v>
       </c>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
     </row>
-    <row r="70" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="12">
         <v>2017</v>
       </c>
       <c r="B70" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="13">
         <v>727</v>
       </c>
       <c r="D70" s="13">
         <v>125</v>
       </c>
       <c r="E70" s="14">
         <v>0.17193947730399001</v>
       </c>
       <c r="F70" s="13">
         <v>227</v>
       </c>
       <c r="G70" s="13">
         <v>31</v>
       </c>
       <c r="H70" s="14">
         <v>0.13656387665198</v>
       </c>
       <c r="I70" s="3"/>
       <c r="J70" s="3"/>
       <c r="K70" s="3"/>
       <c r="L70" s="3"/>
       <c r="M70" s="3"/>
     </row>
-    <row r="71" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="12">
         <v>2017</v>
       </c>
       <c r="B71" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C71" s="13">
         <v>2873</v>
       </c>
       <c r="D71" s="13">
         <v>470</v>
       </c>
       <c r="E71" s="14">
         <v>0.16359206404455001</v>
       </c>
       <c r="F71" s="13">
         <v>847</v>
       </c>
       <c r="G71" s="13">
         <v>142</v>
       </c>
       <c r="H71" s="14">
         <v>0.16765053128689</v>
       </c>
       <c r="I71" s="3"/>
       <c r="J71" s="3"/>
       <c r="K71" s="3"/>
       <c r="L71" s="3"/>
       <c r="M71" s="3"/>
     </row>
-    <row r="72" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="12">
         <v>2017</v>
       </c>
       <c r="B72" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C72" s="13">
         <v>905</v>
       </c>
       <c r="D72" s="13">
         <v>142</v>
       </c>
       <c r="E72" s="14">
         <v>0.15690607734806999</v>
       </c>
       <c r="F72" s="13">
         <v>302</v>
       </c>
       <c r="G72" s="13">
         <v>31</v>
       </c>
       <c r="H72" s="14">
         <v>0.10264900662251999</v>
       </c>
       <c r="I72" s="3"/>
       <c r="J72" s="3"/>
       <c r="K72" s="3"/>
       <c r="L72" s="3"/>
       <c r="M72" s="3"/>
     </row>
-    <row r="73" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="12">
         <v>2017</v>
       </c>
       <c r="B73" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C73" s="13">
         <v>3529</v>
       </c>
       <c r="D73" s="13">
         <v>1070</v>
       </c>
       <c r="E73" s="14">
         <v>0.30320204023802999</v>
       </c>
       <c r="F73" s="13">
         <v>526</v>
       </c>
       <c r="G73" s="13">
         <v>97</v>
       </c>
       <c r="H73" s="14">
         <v>0.18441064638783</v>
       </c>
       <c r="I73" s="3"/>
       <c r="J73" s="3"/>
       <c r="K73" s="3"/>
       <c r="L73" s="3"/>
       <c r="M73" s="3"/>
     </row>
-    <row r="74" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="12">
         <v>2017</v>
       </c>
       <c r="B74" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C74" s="13">
         <v>2213</v>
       </c>
       <c r="D74" s="13">
         <v>416</v>
       </c>
       <c r="E74" s="14">
         <v>0.18798011748756999</v>
       </c>
       <c r="F74" s="13">
         <v>801</v>
       </c>
       <c r="G74" s="13">
         <v>170</v>
       </c>
       <c r="H74" s="14">
         <v>0.21223470661673</v>
       </c>
       <c r="I74" s="3"/>
       <c r="J74" s="3"/>
       <c r="K74" s="3"/>
       <c r="L74" s="3"/>
       <c r="M74" s="3"/>
     </row>
-    <row r="75" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="12">
         <v>2017</v>
       </c>
       <c r="B75" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="13">
         <v>312</v>
       </c>
       <c r="D75" s="13">
         <v>53</v>
       </c>
       <c r="E75" s="14">
         <v>0.16987179487178999</v>
       </c>
       <c r="F75" s="13">
         <v>143</v>
       </c>
       <c r="G75" s="13">
         <v>38</v>
       </c>
       <c r="H75" s="14">
         <v>0.26573426573427</v>
       </c>
       <c r="I75" s="3"/>
       <c r="J75" s="3"/>
       <c r="K75" s="3"/>
       <c r="L75" s="3"/>
       <c r="M75" s="3"/>
     </row>
-    <row r="76" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="12">
         <v>2017</v>
       </c>
       <c r="B76" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C76" s="13">
         <v>3748</v>
       </c>
       <c r="D76" s="13">
         <v>644</v>
       </c>
       <c r="E76" s="14">
         <v>0.17182497331909999</v>
       </c>
       <c r="F76" s="13">
         <v>1035</v>
       </c>
       <c r="G76" s="13">
         <v>170</v>
       </c>
       <c r="H76" s="14">
         <v>0.16425120772946999</v>
       </c>
       <c r="I76" s="3"/>
       <c r="J76" s="3"/>
       <c r="K76" s="3"/>
       <c r="L76" s="3"/>
       <c r="M76" s="3"/>
     </row>
-    <row r="77" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="12">
         <v>2017</v>
       </c>
       <c r="B77" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="13">
         <v>434</v>
       </c>
       <c r="D77" s="13">
         <v>38</v>
       </c>
       <c r="E77" s="14">
         <v>8.7557603686640006E-2</v>
       </c>
       <c r="F77" s="13">
         <v>193</v>
       </c>
       <c r="G77" s="13">
         <v>13</v>
       </c>
       <c r="H77" s="14">
         <v>6.7357512953370002E-2</v>
       </c>
       <c r="I77" s="3"/>
       <c r="J77" s="3"/>
       <c r="K77" s="3"/>
       <c r="L77" s="3"/>
       <c r="M77" s="3"/>
     </row>
-    <row r="78" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="12">
         <v>2017</v>
       </c>
       <c r="B78" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C78" s="13">
         <v>132</v>
       </c>
       <c r="D78" s="13">
         <v>23</v>
       </c>
       <c r="E78" s="14">
         <v>0.17424242424242001</v>
       </c>
       <c r="F78" s="13">
         <v>41</v>
       </c>
       <c r="G78" s="13">
         <v>7</v>
       </c>
       <c r="H78" s="14">
         <v>0.17073170731706999</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="3"/>
       <c r="K78" s="3"/>
       <c r="L78" s="3"/>
       <c r="M78" s="3"/>
     </row>
-    <row r="79" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="12">
         <v>2017</v>
       </c>
       <c r="B79" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C79" s="13">
         <v>808</v>
       </c>
       <c r="D79" s="13">
         <v>26</v>
       </c>
       <c r="E79" s="14">
         <v>3.217821782178E-2</v>
       </c>
       <c r="F79" s="13">
         <v>56</v>
       </c>
       <c r="G79" s="13">
         <v>2</v>
       </c>
       <c r="H79" s="14">
         <v>3.5714285714290001E-2</v>
       </c>
       <c r="I79" s="3"/>
       <c r="J79" s="3"/>
       <c r="K79" s="3"/>
       <c r="L79" s="3"/>
       <c r="M79" s="3"/>
     </row>
-    <row r="80" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A80" s="15">
         <v>2017</v>
       </c>
       <c r="B80" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C80" s="16">
         <v>45525</v>
       </c>
       <c r="D80" s="16">
         <v>7989</v>
       </c>
       <c r="E80" s="17">
         <v>0.17548599670511</v>
       </c>
       <c r="F80" s="16">
         <v>13374</v>
       </c>
       <c r="G80" s="16">
         <v>2259</v>
       </c>
       <c r="H80" s="17">
         <v>0.16890982503365001</v>
       </c>
       <c r="I80" s="3"/>
       <c r="J80" s="3"/>
       <c r="K80" s="3"/>
       <c r="L80" s="3"/>
       <c r="M80" s="3"/>
     </row>
-    <row r="81" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A81" s="12">
         <v>2018</v>
       </c>
       <c r="B81" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C81" s="13">
         <v>126</v>
       </c>
       <c r="D81" s="13">
         <v>24</v>
       </c>
       <c r="E81" s="14">
         <v>0.19047619047618999</v>
       </c>
       <c r="F81" s="13">
         <v>85</v>
       </c>
       <c r="G81" s="13">
         <v>17</v>
       </c>
       <c r="H81" s="14">
         <v>0.2</v>
       </c>
       <c r="I81" s="3"/>
       <c r="J81" s="3"/>
       <c r="K81" s="3"/>
       <c r="L81" s="3"/>
       <c r="M81" s="3"/>
     </row>
-    <row r="82" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A82" s="12">
         <v>2018</v>
       </c>
       <c r="B82" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C82" s="13">
         <v>56</v>
       </c>
       <c r="D82" s="13">
         <v>7</v>
       </c>
       <c r="E82" s="14">
         <v>0.125</v>
       </c>
       <c r="F82" s="13">
         <v>60</v>
       </c>
       <c r="G82" s="13">
         <v>20</v>
       </c>
       <c r="H82" s="14">
         <v>0.33333333333332998</v>
       </c>
       <c r="I82" s="3"/>
       <c r="J82" s="3"/>
       <c r="K82" s="3"/>
       <c r="L82" s="3"/>
       <c r="M82" s="3"/>
     </row>
-    <row r="83" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A83" s="12">
         <v>2018</v>
       </c>
       <c r="B83" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C83" s="13">
         <v>229</v>
       </c>
       <c r="D83" s="13">
         <v>46</v>
       </c>
       <c r="E83" s="14">
         <v>0.20087336244540999</v>
       </c>
       <c r="F83" s="13">
         <v>108</v>
       </c>
       <c r="G83" s="13">
         <v>26</v>
       </c>
       <c r="H83" s="14">
         <v>0.24074074074074001</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="3"/>
       <c r="K83" s="3"/>
       <c r="L83" s="3"/>
       <c r="M83" s="3"/>
     </row>
-    <row r="84" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A84" s="12">
         <v>2018</v>
       </c>
       <c r="B84" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C84" s="13">
         <v>7983</v>
       </c>
       <c r="D84" s="13">
         <v>860</v>
       </c>
       <c r="E84" s="14">
         <v>0.10772892396342</v>
       </c>
       <c r="F84" s="13">
         <v>3050</v>
       </c>
       <c r="G84" s="13">
         <v>331</v>
       </c>
       <c r="H84" s="14">
         <v>0.10852459016393</v>
       </c>
       <c r="I84" s="3"/>
       <c r="J84" s="3"/>
       <c r="K84" s="3"/>
       <c r="L84" s="3"/>
       <c r="M84" s="3"/>
     </row>
-    <row r="85" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="12">
         <v>2018</v>
       </c>
       <c r="B85" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C85" s="13">
         <v>992</v>
       </c>
       <c r="D85" s="13">
         <v>244</v>
       </c>
       <c r="E85" s="14">
         <v>0.24596774193547999</v>
       </c>
       <c r="F85" s="13">
         <v>262</v>
       </c>
       <c r="G85" s="13">
         <v>68</v>
       </c>
       <c r="H85" s="14">
         <v>0.25954198473281997</v>
       </c>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
     </row>
-    <row r="86" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A86" s="12">
         <v>2018</v>
       </c>
       <c r="B86" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C86" s="13">
         <v>230</v>
       </c>
       <c r="D86" s="13">
         <v>63</v>
       </c>
       <c r="E86" s="14">
         <v>0.27391304347826001</v>
       </c>
       <c r="F86" s="13">
         <v>97</v>
       </c>
       <c r="G86" s="13">
         <v>29</v>
       </c>
       <c r="H86" s="14">
         <v>0.29896907216495</v>
       </c>
       <c r="I86" s="3"/>
       <c r="J86" s="3"/>
       <c r="K86" s="3"/>
       <c r="L86" s="3"/>
       <c r="M86" s="3"/>
     </row>
-    <row r="87" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A87" s="12">
         <v>2018</v>
       </c>
       <c r="B87" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C87" s="13">
         <v>3237</v>
       </c>
       <c r="D87" s="13">
         <v>759</v>
       </c>
       <c r="E87" s="14">
         <v>0.23447636700648999</v>
       </c>
       <c r="F87" s="13">
         <v>1138</v>
       </c>
       <c r="G87" s="13">
         <v>258</v>
       </c>
       <c r="H87" s="14">
         <v>0.22671353251317999</v>
       </c>
       <c r="I87" s="3"/>
       <c r="J87" s="3"/>
       <c r="K87" s="3"/>
       <c r="L87" s="3"/>
       <c r="M87" s="3"/>
     </row>
-    <row r="88" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A88" s="12">
         <v>2018</v>
       </c>
       <c r="B88" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C88" s="13">
         <v>2548</v>
       </c>
       <c r="D88" s="13">
         <v>639</v>
       </c>
       <c r="E88" s="14">
         <v>0.25078492935635999</v>
       </c>
       <c r="F88" s="13">
         <v>906</v>
       </c>
       <c r="G88" s="13">
         <v>263</v>
       </c>
       <c r="H88" s="14">
         <v>0.29028697571744</v>
       </c>
       <c r="I88" s="3"/>
       <c r="J88" s="3"/>
       <c r="K88" s="3"/>
       <c r="L88" s="3"/>
       <c r="M88" s="3"/>
     </row>
-    <row r="89" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A89" s="12">
         <v>2018</v>
       </c>
       <c r="B89" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C89" s="13">
         <v>763</v>
       </c>
       <c r="D89" s="13">
         <v>173</v>
       </c>
       <c r="E89" s="14">
         <v>0.22673656618610999</v>
       </c>
       <c r="F89" s="13">
         <v>263</v>
       </c>
       <c r="G89" s="13">
         <v>79</v>
       </c>
       <c r="H89" s="14">
         <v>0.30038022813687998</v>
       </c>
       <c r="I89" s="3"/>
       <c r="J89" s="3"/>
       <c r="K89" s="3"/>
       <c r="L89" s="3"/>
       <c r="M89" s="3"/>
     </row>
-    <row r="90" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A90" s="12">
         <v>2018</v>
       </c>
       <c r="B90" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C90" s="13">
         <v>5613</v>
       </c>
       <c r="D90" s="13">
         <v>1191</v>
       </c>
       <c r="E90" s="14">
         <v>0.21218599679316</v>
       </c>
       <c r="F90" s="13">
         <v>1285</v>
       </c>
       <c r="G90" s="13">
         <v>248</v>
       </c>
       <c r="H90" s="14">
         <v>0.19299610894941999</v>
       </c>
       <c r="I90" s="3"/>
       <c r="J90" s="3"/>
       <c r="K90" s="3"/>
       <c r="L90" s="3"/>
       <c r="M90" s="3"/>
     </row>
-    <row r="91" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A91" s="12">
         <v>2018</v>
       </c>
       <c r="B91" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C91" s="13">
         <v>1337</v>
       </c>
       <c r="D91" s="13">
         <v>203</v>
       </c>
       <c r="E91" s="14">
         <v>0.15183246073298001</v>
       </c>
       <c r="F91" s="13">
         <v>388</v>
       </c>
       <c r="G91" s="13">
         <v>66</v>
       </c>
       <c r="H91" s="14">
         <v>0.17010309278350999</v>
       </c>
       <c r="I91" s="3"/>
       <c r="J91" s="3"/>
       <c r="K91" s="3"/>
       <c r="L91" s="3"/>
       <c r="M91" s="3"/>
     </row>
-    <row r="92" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A92" s="12">
         <v>2018</v>
       </c>
       <c r="B92" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C92" s="13">
         <v>1241</v>
       </c>
       <c r="D92" s="13">
         <v>190</v>
       </c>
       <c r="E92" s="14">
         <v>0.15310233682513999</v>
       </c>
       <c r="F92" s="13">
         <v>381</v>
       </c>
       <c r="G92" s="13">
         <v>67</v>
       </c>
       <c r="H92" s="14">
         <v>0.17585301837270001</v>
       </c>
       <c r="I92" s="3"/>
       <c r="J92" s="3"/>
       <c r="K92" s="3"/>
       <c r="L92" s="3"/>
       <c r="M92" s="3"/>
     </row>
-    <row r="93" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A93" s="12">
         <v>2018</v>
       </c>
       <c r="B93" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C93" s="13">
         <v>2475</v>
       </c>
       <c r="D93" s="13">
         <v>427</v>
       </c>
       <c r="E93" s="14">
         <v>0.17252525252525</v>
       </c>
       <c r="F93" s="13">
         <v>794</v>
       </c>
       <c r="G93" s="13">
         <v>136</v>
       </c>
       <c r="H93" s="14">
         <v>0.17128463476070999</v>
       </c>
       <c r="I93" s="3"/>
       <c r="J93" s="3"/>
       <c r="K93" s="3"/>
       <c r="L93" s="3"/>
       <c r="M93" s="3"/>
     </row>
-    <row r="94" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A94" s="12">
         <v>2018</v>
       </c>
       <c r="B94" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C94" s="13">
         <v>1753</v>
       </c>
       <c r="D94" s="13">
         <v>289</v>
       </c>
       <c r="E94" s="14">
         <v>0.16486023958928001</v>
       </c>
       <c r="F94" s="13">
         <v>587</v>
       </c>
       <c r="G94" s="13">
         <v>116</v>
       </c>
       <c r="H94" s="14">
         <v>0.19761499148211001</v>
       </c>
       <c r="I94" s="3"/>
       <c r="J94" s="3"/>
       <c r="K94" s="3"/>
       <c r="L94" s="3"/>
       <c r="M94" s="3"/>
     </row>
-    <row r="95" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A95" s="12">
         <v>2018</v>
       </c>
       <c r="B95" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="13">
         <v>764</v>
       </c>
       <c r="D95" s="13">
         <v>185</v>
       </c>
       <c r="E95" s="14">
         <v>0.24214659685864001</v>
       </c>
       <c r="F95" s="13">
         <v>170</v>
       </c>
       <c r="G95" s="13">
         <v>44</v>
       </c>
       <c r="H95" s="14">
         <v>0.25882352941176001</v>
       </c>
       <c r="I95" s="3"/>
       <c r="J95" s="3"/>
       <c r="K95" s="3"/>
       <c r="L95" s="3"/>
       <c r="M95" s="3"/>
     </row>
-    <row r="96" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A96" s="12">
         <v>2018</v>
       </c>
       <c r="B96" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="13">
         <v>755</v>
       </c>
       <c r="D96" s="13">
         <v>146</v>
       </c>
       <c r="E96" s="14">
         <v>0.19337748344371</v>
       </c>
       <c r="F96" s="13">
         <v>241</v>
       </c>
       <c r="G96" s="13">
         <v>55</v>
       </c>
       <c r="H96" s="14">
         <v>0.22821576763484999</v>
       </c>
       <c r="I96" s="3"/>
       <c r="J96" s="3"/>
       <c r="K96" s="3"/>
       <c r="L96" s="3"/>
       <c r="M96" s="3"/>
     </row>
-    <row r="97" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A97" s="12">
         <v>2018</v>
       </c>
       <c r="B97" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C97" s="13">
         <v>2751</v>
       </c>
       <c r="D97" s="13">
         <v>551</v>
       </c>
       <c r="E97" s="14">
         <v>0.20029080334423999</v>
       </c>
       <c r="F97" s="13">
         <v>775</v>
       </c>
       <c r="G97" s="13">
         <v>145</v>
       </c>
       <c r="H97" s="14">
         <v>0.18709677419355</v>
       </c>
       <c r="I97" s="3"/>
       <c r="J97" s="3"/>
       <c r="K97" s="3"/>
       <c r="L97" s="3"/>
       <c r="M97" s="3"/>
     </row>
-    <row r="98" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A98" s="12">
         <v>2018</v>
       </c>
       <c r="B98" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C98" s="13">
         <v>906</v>
       </c>
       <c r="D98" s="13">
         <v>153</v>
       </c>
       <c r="E98" s="14">
         <v>0.16887417218542999</v>
       </c>
       <c r="F98" s="13">
         <v>324</v>
       </c>
       <c r="G98" s="13">
         <v>53</v>
       </c>
       <c r="H98" s="14">
         <v>0.16358024691358</v>
       </c>
       <c r="I98" s="3"/>
       <c r="J98" s="3"/>
       <c r="K98" s="3"/>
       <c r="L98" s="3"/>
       <c r="M98" s="3"/>
     </row>
-    <row r="99" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A99" s="12">
         <v>2018</v>
       </c>
       <c r="B99" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C99" s="13">
         <v>3559</v>
       </c>
       <c r="D99" s="13">
         <v>1011</v>
       </c>
       <c r="E99" s="14">
         <v>0.28406855858386998</v>
       </c>
       <c r="F99" s="13">
         <v>537</v>
       </c>
       <c r="G99" s="13">
         <v>107</v>
       </c>
       <c r="H99" s="14">
         <v>0.19925512104283</v>
       </c>
       <c r="I99" s="3"/>
       <c r="J99" s="3"/>
       <c r="K99" s="3"/>
       <c r="L99" s="3"/>
       <c r="M99" s="3"/>
     </row>
-    <row r="100" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="12">
         <v>2018</v>
       </c>
       <c r="B100" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C100" s="13">
         <v>2143</v>
       </c>
       <c r="D100" s="13">
         <v>435</v>
       </c>
       <c r="E100" s="14">
         <v>0.20298646756882999</v>
       </c>
       <c r="F100" s="13">
         <v>869</v>
       </c>
       <c r="G100" s="13">
         <v>172</v>
       </c>
       <c r="H100" s="14">
         <v>0.19792865362486001</v>
       </c>
       <c r="I100" s="3"/>
       <c r="J100" s="3"/>
       <c r="K100" s="3"/>
       <c r="L100" s="3"/>
       <c r="M100" s="3"/>
     </row>
-    <row r="101" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A101" s="12">
         <v>2018</v>
       </c>
       <c r="B101" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="13">
         <v>513</v>
       </c>
       <c r="D101" s="13">
         <v>48</v>
       </c>
       <c r="E101" s="14">
         <v>9.3567251461990006E-2</v>
       </c>
       <c r="F101" s="13">
         <v>175</v>
       </c>
       <c r="G101" s="13">
         <v>24</v>
       </c>
       <c r="H101" s="14">
         <v>0.13714285714286001</v>
       </c>
       <c r="I101" s="3"/>
       <c r="J101" s="3"/>
       <c r="K101" s="3"/>
       <c r="L101" s="3"/>
       <c r="M101" s="3"/>
     </row>
-    <row r="102" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A102" s="12">
         <v>2018</v>
       </c>
       <c r="B102" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C102" s="13">
         <v>3798</v>
       </c>
       <c r="D102" s="13">
         <v>767</v>
       </c>
       <c r="E102" s="14">
         <v>0.20194839389152</v>
       </c>
       <c r="F102" s="13">
         <v>1212</v>
       </c>
       <c r="G102" s="13">
         <v>266</v>
       </c>
       <c r="H102" s="14">
         <v>0.21947194719471999</v>
       </c>
       <c r="I102" s="3"/>
       <c r="J102" s="3"/>
       <c r="K102" s="3"/>
       <c r="L102" s="3"/>
       <c r="M102" s="3"/>
     </row>
-    <row r="103" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A103" s="12">
         <v>2018</v>
       </c>
       <c r="B103" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C103" s="13">
         <v>546</v>
       </c>
       <c r="D103" s="13">
         <v>56</v>
       </c>
       <c r="E103" s="14">
         <v>0.10256410256409999</v>
       </c>
       <c r="F103" s="13">
         <v>206</v>
       </c>
       <c r="G103" s="13">
         <v>19</v>
       </c>
       <c r="H103" s="14">
         <v>9.2233009708740002E-2</v>
       </c>
       <c r="I103" s="3"/>
       <c r="J103" s="3"/>
       <c r="K103" s="3"/>
       <c r="L103" s="3"/>
       <c r="M103" s="3"/>
     </row>
-    <row r="104" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="12">
         <v>2018</v>
       </c>
       <c r="B104" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C104" s="13">
         <v>154</v>
       </c>
       <c r="D104" s="13">
         <v>26</v>
       </c>
       <c r="E104" s="14">
         <v>0.16883116883117</v>
       </c>
       <c r="F104" s="13">
         <v>52</v>
       </c>
       <c r="G104" s="13">
         <v>8</v>
       </c>
       <c r="H104" s="14">
         <v>0.15384615384615</v>
       </c>
       <c r="I104" s="3"/>
       <c r="J104" s="3"/>
       <c r="K104" s="3"/>
       <c r="L104" s="3"/>
       <c r="M104" s="3"/>
     </row>
-    <row r="105" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="12">
         <v>2018</v>
       </c>
       <c r="B105" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C105" s="13">
         <v>941</v>
       </c>
       <c r="D105" s="13">
         <v>21</v>
       </c>
       <c r="E105" s="14">
         <v>2.231668437832E-2</v>
       </c>
       <c r="F105" s="13">
         <v>67</v>
       </c>
       <c r="G105" s="13">
         <v>4</v>
       </c>
       <c r="H105" s="14">
         <v>5.9701492537309997E-2</v>
       </c>
       <c r="I105" s="3"/>
       <c r="J105" s="3"/>
       <c r="K105" s="3"/>
       <c r="L105" s="3"/>
       <c r="M105" s="3"/>
     </row>
-    <row r="106" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A106" s="15">
         <v>2018</v>
       </c>
       <c r="B106" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C106" s="16">
         <v>45413</v>
       </c>
       <c r="D106" s="16">
         <v>8514</v>
       </c>
       <c r="E106" s="17">
         <v>0.18747935613149999</v>
       </c>
       <c r="F106" s="16">
         <v>14032</v>
       </c>
       <c r="G106" s="16">
         <v>2621</v>
       </c>
       <c r="H106" s="17">
         <v>0.18678734321550999</v>
       </c>
       <c r="I106" s="3"/>
       <c r="J106" s="3"/>
       <c r="K106" s="3"/>
       <c r="L106" s="3"/>
       <c r="M106" s="3"/>
     </row>
-    <row r="107" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A107" s="12">
         <v>2019</v>
       </c>
       <c r="B107" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C107" s="13">
         <v>77</v>
       </c>
       <c r="D107" s="13">
         <v>12</v>
       </c>
       <c r="E107" s="14">
         <v>0.15584415584416</v>
       </c>
       <c r="F107" s="13">
         <v>49</v>
       </c>
       <c r="G107" s="13">
         <v>14</v>
       </c>
       <c r="H107" s="14">
         <v>0.28571428571428997</v>
       </c>
       <c r="I107" s="3"/>
       <c r="J107" s="3"/>
       <c r="K107" s="3"/>
       <c r="L107" s="3"/>
       <c r="M107" s="3"/>
     </row>
-    <row r="108" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A108" s="12">
         <v>2019</v>
       </c>
       <c r="B108" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C108" s="13">
         <v>147</v>
       </c>
       <c r="D108" s="13">
         <v>22</v>
       </c>
       <c r="E108" s="14">
         <v>0.14965986394558001</v>
       </c>
       <c r="F108" s="13">
         <v>87</v>
       </c>
       <c r="G108" s="13">
         <v>19</v>
       </c>
       <c r="H108" s="14">
         <v>0.21839080459769999</v>
       </c>
       <c r="I108" s="3"/>
       <c r="J108" s="3"/>
       <c r="K108" s="3"/>
       <c r="L108" s="3"/>
       <c r="M108" s="3"/>
     </row>
-    <row r="109" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A109" s="12">
         <v>2019</v>
       </c>
       <c r="B109" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C109" s="13">
         <v>319</v>
       </c>
       <c r="D109" s="13">
         <v>46</v>
       </c>
       <c r="E109" s="14">
         <v>0.14420062695925001</v>
       </c>
       <c r="F109" s="13">
         <v>148</v>
       </c>
       <c r="G109" s="13">
         <v>21</v>
       </c>
       <c r="H109" s="14">
         <v>0.14189189189189</v>
       </c>
       <c r="I109" s="3"/>
       <c r="J109" s="3"/>
       <c r="K109" s="3"/>
       <c r="L109" s="3"/>
       <c r="M109" s="3"/>
     </row>
-    <row r="110" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A110" s="12">
         <v>2019</v>
       </c>
       <c r="B110" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C110" s="13">
         <v>7716</v>
       </c>
       <c r="D110" s="13">
         <v>855</v>
       </c>
       <c r="E110" s="14">
         <v>0.11080870917574</v>
       </c>
       <c r="F110" s="13">
         <v>3204</v>
       </c>
       <c r="G110" s="13">
         <v>366</v>
       </c>
       <c r="H110" s="14">
         <v>0.11423220973783001</v>
       </c>
       <c r="I110" s="3"/>
       <c r="J110" s="3"/>
       <c r="K110" s="3"/>
       <c r="L110" s="3"/>
       <c r="M110" s="3"/>
     </row>
-    <row r="111" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A111" s="12">
         <v>2019</v>
       </c>
       <c r="B111" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C111" s="13">
         <v>1032</v>
       </c>
       <c r="D111" s="13">
         <v>274</v>
       </c>
       <c r="E111" s="14">
         <v>0.26550387596899</v>
       </c>
       <c r="F111" s="13">
         <v>245</v>
       </c>
       <c r="G111" s="13">
         <v>65</v>
       </c>
       <c r="H111" s="14">
         <v>0.26530612244898</v>
       </c>
       <c r="I111" s="3"/>
       <c r="J111" s="3"/>
       <c r="K111" s="3"/>
       <c r="L111" s="3"/>
       <c r="M111" s="3"/>
     </row>
-    <row r="112" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A112" s="12">
         <v>2019</v>
       </c>
       <c r="B112" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C112" s="13">
         <v>301</v>
       </c>
       <c r="D112" s="13">
         <v>46</v>
       </c>
       <c r="E112" s="14">
         <v>0.15282392026578001</v>
       </c>
       <c r="F112" s="13">
         <v>89</v>
       </c>
       <c r="G112" s="13">
         <v>25</v>
       </c>
       <c r="H112" s="14">
         <v>0.28089887640449002</v>
       </c>
       <c r="I112" s="3"/>
       <c r="J112" s="3"/>
       <c r="K112" s="3"/>
       <c r="L112" s="3"/>
       <c r="M112" s="3"/>
     </row>
-    <row r="113" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A113" s="12">
         <v>2019</v>
       </c>
       <c r="B113" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C113" s="13">
         <v>3493</v>
       </c>
       <c r="D113" s="13">
         <v>723</v>
       </c>
       <c r="E113" s="14">
         <v>0.20698539937016999</v>
       </c>
       <c r="F113" s="13">
         <v>1260</v>
       </c>
       <c r="G113" s="13">
         <v>281</v>
       </c>
       <c r="H113" s="14">
         <v>0.22301587301587</v>
       </c>
       <c r="I113" s="3"/>
       <c r="J113" s="3"/>
       <c r="K113" s="3"/>
       <c r="L113" s="3"/>
       <c r="M113" s="3"/>
     </row>
-    <row r="114" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A114" s="12">
         <v>2019</v>
       </c>
       <c r="B114" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C114" s="13">
         <v>2816</v>
       </c>
       <c r="D114" s="13">
         <v>712</v>
       </c>
       <c r="E114" s="14">
         <v>0.25284090909091</v>
       </c>
       <c r="F114" s="13">
         <v>1002</v>
       </c>
       <c r="G114" s="13">
         <v>285</v>
       </c>
       <c r="H114" s="14">
         <v>0.28443113772454998</v>
       </c>
       <c r="I114" s="3"/>
       <c r="J114" s="3"/>
       <c r="K114" s="3"/>
       <c r="L114" s="3"/>
       <c r="M114" s="3"/>
     </row>
-    <row r="115" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A115" s="12">
         <v>2019</v>
       </c>
       <c r="B115" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C115" s="13">
         <v>659</v>
       </c>
       <c r="D115" s="13">
         <v>125</v>
       </c>
       <c r="E115" s="14">
         <v>0.18968133535660001</v>
       </c>
       <c r="F115" s="13">
         <v>192</v>
       </c>
       <c r="G115" s="13">
         <v>34</v>
       </c>
       <c r="H115" s="14">
         <v>0.17708333333333001</v>
       </c>
       <c r="I115" s="3"/>
       <c r="J115" s="3"/>
       <c r="K115" s="3"/>
       <c r="L115" s="3"/>
       <c r="M115" s="3"/>
     </row>
-    <row r="116" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A116" s="12">
         <v>2019</v>
       </c>
       <c r="B116" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C116" s="13">
         <v>5610</v>
       </c>
       <c r="D116" s="13">
         <v>1142</v>
       </c>
       <c r="E116" s="14">
         <v>0.20356506238859001</v>
       </c>
       <c r="F116" s="13">
         <v>1447</v>
       </c>
       <c r="G116" s="13">
         <v>290</v>
       </c>
       <c r="H116" s="14">
         <v>0.20041465100207001</v>
       </c>
       <c r="I116" s="3"/>
       <c r="J116" s="3"/>
       <c r="K116" s="3"/>
       <c r="L116" s="3"/>
       <c r="M116" s="3"/>
     </row>
-    <row r="117" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A117" s="12">
         <v>2019</v>
       </c>
       <c r="B117" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C117" s="13">
         <v>1347</v>
       </c>
       <c r="D117" s="13">
         <v>224</v>
       </c>
       <c r="E117" s="14">
         <v>0.16629547141796999</v>
       </c>
       <c r="F117" s="13">
         <v>423</v>
       </c>
       <c r="G117" s="13">
         <v>63</v>
       </c>
       <c r="H117" s="14">
         <v>0.14893617021277</v>
       </c>
       <c r="I117" s="3"/>
       <c r="J117" s="3"/>
       <c r="K117" s="3"/>
       <c r="L117" s="3"/>
       <c r="M117" s="3"/>
     </row>
-    <row r="118" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A118" s="12">
         <v>2019</v>
       </c>
       <c r="B118" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C118" s="13">
         <v>1005</v>
       </c>
       <c r="D118" s="13">
         <v>166</v>
       </c>
       <c r="E118" s="14">
         <v>0.16517412935323</v>
       </c>
       <c r="F118" s="13">
         <v>361</v>
       </c>
       <c r="G118" s="13">
         <v>70</v>
       </c>
       <c r="H118" s="14">
         <v>0.19390581717451999</v>
       </c>
       <c r="I118" s="3"/>
       <c r="J118" s="3"/>
       <c r="K118" s="3"/>
       <c r="L118" s="3"/>
       <c r="M118" s="3"/>
     </row>
-    <row r="119" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A119" s="12">
         <v>2019</v>
       </c>
       <c r="B119" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C119" s="13">
         <v>2257</v>
       </c>
       <c r="D119" s="13">
         <v>404</v>
       </c>
       <c r="E119" s="14">
         <v>0.17899867080195001</v>
       </c>
       <c r="F119" s="13">
         <v>721</v>
       </c>
       <c r="G119" s="13">
         <v>143</v>
       </c>
       <c r="H119" s="14">
         <v>0.19833564493759001</v>
       </c>
       <c r="I119" s="3"/>
       <c r="J119" s="3"/>
       <c r="K119" s="3"/>
       <c r="L119" s="3"/>
       <c r="M119" s="3"/>
     </row>
-    <row r="120" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A120" s="12">
         <v>2019</v>
       </c>
       <c r="B120" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C120" s="13">
         <v>1779</v>
       </c>
       <c r="D120" s="13">
         <v>287</v>
       </c>
       <c r="E120" s="14">
         <v>0.16132658797077001</v>
       </c>
       <c r="F120" s="13">
         <v>747</v>
       </c>
       <c r="G120" s="13">
         <v>145</v>
       </c>
       <c r="H120" s="14">
         <v>0.19410977242303001</v>
       </c>
       <c r="I120" s="3"/>
       <c r="J120" s="3"/>
       <c r="K120" s="3"/>
       <c r="L120" s="3"/>
       <c r="M120" s="3"/>
     </row>
-    <row r="121" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A121" s="12">
         <v>2019</v>
       </c>
       <c r="B121" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="13">
         <v>698</v>
       </c>
       <c r="D121" s="13">
         <v>164</v>
       </c>
       <c r="E121" s="14">
         <v>0.23495702005731001</v>
       </c>
       <c r="F121" s="13">
         <v>159</v>
       </c>
       <c r="G121" s="13">
         <v>34</v>
       </c>
       <c r="H121" s="14">
         <v>0.21383647798742</v>
       </c>
       <c r="I121" s="3"/>
       <c r="J121" s="3"/>
       <c r="K121" s="3"/>
       <c r="L121" s="3"/>
       <c r="M121" s="3"/>
     </row>
-    <row r="122" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A122" s="12">
         <v>2019</v>
       </c>
       <c r="B122" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="13">
         <v>670</v>
       </c>
       <c r="D122" s="13">
         <v>155</v>
       </c>
       <c r="E122" s="14">
         <v>0.23134328358209</v>
       </c>
       <c r="F122" s="13">
         <v>214</v>
       </c>
       <c r="G122" s="13">
         <v>41</v>
       </c>
       <c r="H122" s="14">
         <v>0.19158878504672999</v>
       </c>
       <c r="I122" s="3"/>
       <c r="J122" s="3"/>
       <c r="K122" s="3"/>
       <c r="L122" s="3"/>
       <c r="M122" s="3"/>
     </row>
-    <row r="123" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A123" s="12">
         <v>2019</v>
       </c>
       <c r="B123" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C123" s="13">
         <v>2777</v>
       </c>
       <c r="D123" s="13">
         <v>529</v>
       </c>
       <c r="E123" s="14">
         <v>0.19049333813468</v>
       </c>
       <c r="F123" s="13">
         <v>994</v>
       </c>
       <c r="G123" s="13">
         <v>172</v>
       </c>
       <c r="H123" s="14">
         <v>0.17303822937626001</v>
       </c>
       <c r="I123" s="3"/>
       <c r="J123" s="3"/>
       <c r="K123" s="3"/>
       <c r="L123" s="3"/>
       <c r="M123" s="3"/>
     </row>
-    <row r="124" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A124" s="12">
         <v>2019</v>
       </c>
       <c r="B124" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C124" s="13">
         <v>773</v>
       </c>
       <c r="D124" s="13">
         <v>107</v>
       </c>
       <c r="E124" s="14">
         <v>0.13842173350581999</v>
       </c>
       <c r="F124" s="13">
         <v>343</v>
       </c>
       <c r="G124" s="13">
         <v>47</v>
       </c>
       <c r="H124" s="14">
         <v>0.13702623906705999</v>
       </c>
       <c r="I124" s="3"/>
       <c r="J124" s="3"/>
       <c r="K124" s="3"/>
       <c r="L124" s="3"/>
       <c r="M124" s="3"/>
     </row>
-    <row r="125" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A125" s="12">
         <v>2019</v>
       </c>
       <c r="B125" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C125" s="13">
         <v>3404</v>
       </c>
       <c r="D125" s="13">
         <v>1106</v>
       </c>
       <c r="E125" s="14">
         <v>0.32491186839012998</v>
       </c>
       <c r="F125" s="13">
         <v>510</v>
       </c>
       <c r="G125" s="13">
         <v>103</v>
       </c>
       <c r="H125" s="14">
         <v>0.20196078431372999</v>
       </c>
       <c r="I125" s="3"/>
       <c r="J125" s="3"/>
       <c r="K125" s="3"/>
       <c r="L125" s="3"/>
       <c r="M125" s="3"/>
     </row>
-    <row r="126" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A126" s="12">
         <v>2019</v>
       </c>
       <c r="B126" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C126" s="13">
         <v>2076</v>
       </c>
       <c r="D126" s="13">
         <v>480</v>
       </c>
       <c r="E126" s="14">
         <v>0.23121387283236999</v>
       </c>
       <c r="F126" s="13">
         <v>864</v>
       </c>
       <c r="G126" s="13">
         <v>198</v>
       </c>
       <c r="H126" s="14">
         <v>0.22916666666666999</v>
       </c>
       <c r="I126" s="3"/>
       <c r="J126" s="3"/>
       <c r="K126" s="3"/>
       <c r="L126" s="3"/>
       <c r="M126" s="3"/>
     </row>
-    <row r="127" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A127" s="12">
         <v>2019</v>
       </c>
       <c r="B127" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="13">
         <v>580</v>
       </c>
       <c r="D127" s="13">
         <v>40</v>
       </c>
       <c r="E127" s="14">
         <v>6.8965517241380003E-2</v>
       </c>
       <c r="F127" s="13">
         <v>224</v>
       </c>
       <c r="G127" s="13">
         <v>18</v>
       </c>
       <c r="H127" s="14">
         <v>8.0357142857140004E-2</v>
       </c>
       <c r="I127" s="3"/>
       <c r="J127" s="3"/>
       <c r="K127" s="3"/>
       <c r="L127" s="3"/>
       <c r="M127" s="3"/>
     </row>
-    <row r="128" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A128" s="12">
         <v>2019</v>
       </c>
       <c r="B128" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C128" s="13">
         <v>3490</v>
       </c>
       <c r="D128" s="13">
         <v>674</v>
       </c>
       <c r="E128" s="14">
         <v>0.19312320916904999</v>
       </c>
       <c r="F128" s="13">
         <v>1158</v>
       </c>
       <c r="G128" s="13">
         <v>235</v>
       </c>
       <c r="H128" s="14">
         <v>0.20293609671848001</v>
       </c>
       <c r="I128" s="3"/>
       <c r="J128" s="3"/>
       <c r="K128" s="3"/>
       <c r="L128" s="3"/>
       <c r="M128" s="3"/>
     </row>
-    <row r="129" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A129" s="12">
         <v>2019</v>
       </c>
       <c r="B129" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C129" s="13">
         <v>470</v>
       </c>
       <c r="D129" s="13">
         <v>45</v>
       </c>
       <c r="E129" s="14">
         <v>9.5744680851059999E-2</v>
       </c>
       <c r="F129" s="13">
         <v>173</v>
       </c>
       <c r="G129" s="13">
         <v>14</v>
       </c>
       <c r="H129" s="14">
         <v>8.0924855491329994E-2</v>
       </c>
       <c r="I129" s="3"/>
       <c r="J129" s="3"/>
       <c r="K129" s="3"/>
       <c r="L129" s="3"/>
       <c r="M129" s="3"/>
     </row>
-    <row r="130" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A130" s="12">
         <v>2019</v>
       </c>
       <c r="B130" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C130" s="13">
         <v>163</v>
       </c>
       <c r="D130" s="13">
         <v>23</v>
       </c>
       <c r="E130" s="14">
         <v>0.14110429447853001</v>
       </c>
       <c r="F130" s="13">
         <v>62</v>
       </c>
       <c r="G130" s="13">
         <v>16</v>
       </c>
       <c r="H130" s="14">
         <v>0.25806451612902997</v>
       </c>
       <c r="I130" s="3"/>
       <c r="J130" s="3"/>
       <c r="K130" s="3"/>
       <c r="L130" s="3"/>
       <c r="M130" s="3"/>
     </row>
-    <row r="131" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A131" s="12">
         <v>2019</v>
       </c>
       <c r="B131" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C131" s="13">
         <v>963</v>
       </c>
       <c r="D131" s="13">
         <v>35</v>
       </c>
       <c r="E131" s="14">
         <v>3.6344755970919997E-2</v>
       </c>
       <c r="F131" s="13">
         <v>81</v>
       </c>
       <c r="G131" s="13">
         <v>5</v>
       </c>
       <c r="H131" s="14">
         <v>6.1728395061730001E-2</v>
       </c>
       <c r="I131" s="3"/>
       <c r="J131" s="3"/>
       <c r="K131" s="3"/>
       <c r="L131" s="3"/>
       <c r="M131" s="3"/>
     </row>
-    <row r="132" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A132" s="15">
         <v>2019</v>
       </c>
       <c r="B132" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C132" s="16">
         <v>44622</v>
       </c>
       <c r="D132" s="16">
         <v>8396</v>
       </c>
       <c r="E132" s="17">
         <v>0.18815830756129001</v>
       </c>
       <c r="F132" s="16">
         <v>14757</v>
       </c>
       <c r="G132" s="16">
         <v>2704</v>
       </c>
       <c r="H132" s="17">
         <v>0.18323507487971999</v>
       </c>
       <c r="I132" s="3"/>
       <c r="J132" s="3"/>
       <c r="K132" s="3"/>
       <c r="L132" s="3"/>
       <c r="M132" s="3"/>
     </row>
-    <row r="133" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A133" s="12">
         <v>2020</v>
       </c>
       <c r="B133" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C133" s="13">
         <v>94</v>
       </c>
       <c r="D133" s="13">
         <v>19</v>
       </c>
       <c r="E133" s="14">
         <v>0.20212765957446999</v>
       </c>
       <c r="F133" s="13">
         <v>59</v>
       </c>
       <c r="G133" s="13">
         <v>12</v>
       </c>
       <c r="H133" s="14">
         <v>0.20338983050847001</v>
       </c>
       <c r="I133" s="3"/>
       <c r="J133" s="3"/>
       <c r="K133" s="3"/>
       <c r="L133" s="3"/>
       <c r="M133" s="3"/>
     </row>
-    <row r="134" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A134" s="12">
         <v>2020</v>
       </c>
       <c r="B134" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C134" s="13">
         <v>118</v>
       </c>
       <c r="D134" s="13">
         <v>25</v>
       </c>
       <c r="E134" s="14">
         <v>0.21186440677966001</v>
       </c>
       <c r="F134" s="13">
         <v>97</v>
       </c>
       <c r="G134" s="13">
         <v>21</v>
       </c>
       <c r="H134" s="14">
         <v>0.21649484536082</v>
       </c>
       <c r="I134" s="3"/>
       <c r="J134" s="3"/>
       <c r="K134" s="3"/>
       <c r="L134" s="3"/>
       <c r="M134" s="3"/>
     </row>
-    <row r="135" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A135" s="12">
         <v>2020</v>
       </c>
       <c r="B135" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C135" s="13">
         <v>257</v>
       </c>
       <c r="D135" s="13">
         <v>28</v>
       </c>
       <c r="E135" s="14">
         <v>0.10894941634241</v>
       </c>
       <c r="F135" s="13">
         <v>122</v>
       </c>
       <c r="G135" s="13">
         <v>17</v>
       </c>
       <c r="H135" s="14">
         <v>0.13934426229508001</v>
       </c>
       <c r="I135" s="3"/>
       <c r="J135" s="3"/>
       <c r="K135" s="3"/>
       <c r="L135" s="3"/>
       <c r="M135" s="3"/>
     </row>
-    <row r="136" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A136" s="12">
         <v>2020</v>
       </c>
       <c r="B136" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C136" s="13">
         <v>7071</v>
       </c>
       <c r="D136" s="13">
         <v>830</v>
       </c>
       <c r="E136" s="14">
         <v>0.11738085136473</v>
       </c>
       <c r="F136" s="13">
         <v>3087</v>
       </c>
       <c r="G136" s="13">
         <v>410</v>
       </c>
       <c r="H136" s="14">
         <v>0.13281503077421</v>
       </c>
       <c r="I136" s="3"/>
       <c r="J136" s="3"/>
       <c r="K136" s="3"/>
       <c r="L136" s="3"/>
       <c r="M136" s="3"/>
     </row>
-    <row r="137" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A137" s="12">
         <v>2020</v>
       </c>
       <c r="B137" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C137" s="13">
         <v>1019</v>
       </c>
       <c r="D137" s="13">
         <v>273</v>
       </c>
       <c r="E137" s="14">
         <v>0.26790971540726</v>
       </c>
       <c r="F137" s="13">
         <v>281</v>
       </c>
       <c r="G137" s="13">
         <v>81</v>
       </c>
       <c r="H137" s="14">
         <v>0.28825622775801002</v>
       </c>
       <c r="I137" s="3"/>
       <c r="J137" s="3"/>
       <c r="K137" s="3"/>
       <c r="L137" s="3"/>
       <c r="M137" s="3"/>
     </row>
-    <row r="138" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A138" s="12">
         <v>2020</v>
       </c>
       <c r="B138" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C138" s="13">
         <v>373</v>
       </c>
       <c r="D138" s="13">
         <v>68</v>
       </c>
       <c r="E138" s="14">
         <v>0.18230563002680999</v>
       </c>
       <c r="F138" s="13">
         <v>151</v>
       </c>
       <c r="G138" s="13">
         <v>39</v>
       </c>
       <c r="H138" s="14">
         <v>0.25827814569536001</v>
       </c>
       <c r="I138" s="3"/>
       <c r="J138" s="3"/>
       <c r="K138" s="3"/>
       <c r="L138" s="3"/>
       <c r="M138" s="3"/>
     </row>
-    <row r="139" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A139" s="12">
         <v>2020</v>
       </c>
       <c r="B139" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C139" s="13">
         <v>3412</v>
       </c>
       <c r="D139" s="13">
         <v>718</v>
       </c>
       <c r="E139" s="14">
         <v>0.21043376318875001</v>
       </c>
       <c r="F139" s="13">
         <v>1330</v>
       </c>
       <c r="G139" s="13">
         <v>265</v>
       </c>
       <c r="H139" s="14">
         <v>0.19924812030075001</v>
       </c>
       <c r="I139" s="3"/>
       <c r="J139" s="3"/>
       <c r="K139" s="3"/>
       <c r="L139" s="3"/>
       <c r="M139" s="3"/>
     </row>
-    <row r="140" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A140" s="12">
         <v>2020</v>
       </c>
       <c r="B140" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C140" s="13">
         <v>3159</v>
       </c>
       <c r="D140" s="13">
         <v>711</v>
       </c>
       <c r="E140" s="14">
         <v>0.22507122507123001</v>
       </c>
       <c r="F140" s="13">
         <v>1229</v>
       </c>
       <c r="G140" s="13">
         <v>322</v>
       </c>
       <c r="H140" s="14">
         <v>0.26200162733929999</v>
       </c>
       <c r="I140" s="3"/>
       <c r="J140" s="3"/>
       <c r="K140" s="3"/>
       <c r="L140" s="3"/>
       <c r="M140" s="3"/>
     </row>
-    <row r="141" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A141" s="12">
         <v>2020</v>
       </c>
       <c r="B141" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C141" s="13">
         <v>617</v>
       </c>
       <c r="D141" s="13">
         <v>114</v>
       </c>
       <c r="E141" s="14">
         <v>0.18476499189626999</v>
       </c>
       <c r="F141" s="13">
         <v>195</v>
       </c>
       <c r="G141" s="13">
         <v>44</v>
       </c>
       <c r="H141" s="14">
         <v>0.22564102564103</v>
       </c>
       <c r="I141" s="3"/>
       <c r="J141" s="3"/>
       <c r="K141" s="3"/>
       <c r="L141" s="3"/>
       <c r="M141" s="3"/>
     </row>
-    <row r="142" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A142" s="12">
         <v>2020</v>
       </c>
       <c r="B142" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C142" s="13">
         <v>5971</v>
       </c>
       <c r="D142" s="13">
         <v>1292</v>
       </c>
       <c r="E142" s="14">
         <v>0.21637916596885001</v>
       </c>
       <c r="F142" s="13">
         <v>1692</v>
       </c>
       <c r="G142" s="13">
         <v>393</v>
       </c>
       <c r="H142" s="14">
         <v>0.23226950354609999</v>
       </c>
       <c r="I142" s="3"/>
       <c r="J142" s="3"/>
       <c r="K142" s="3"/>
       <c r="L142" s="3"/>
       <c r="M142" s="3"/>
     </row>
-    <row r="143" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A143" s="12">
         <v>2020</v>
       </c>
       <c r="B143" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C143" s="13">
         <v>1291</v>
       </c>
       <c r="D143" s="13">
         <v>221</v>
       </c>
       <c r="E143" s="14">
         <v>0.17118512780789999</v>
       </c>
       <c r="F143" s="13">
         <v>389</v>
       </c>
       <c r="G143" s="13">
         <v>58</v>
       </c>
       <c r="H143" s="14">
         <v>0.14910025706940999</v>
       </c>
       <c r="I143" s="3"/>
       <c r="J143" s="3"/>
       <c r="K143" s="3"/>
       <c r="L143" s="3"/>
       <c r="M143" s="3"/>
     </row>
-    <row r="144" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A144" s="12">
         <v>2020</v>
       </c>
       <c r="B144" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C144" s="13">
         <v>915</v>
       </c>
       <c r="D144" s="13">
         <v>167</v>
       </c>
       <c r="E144" s="14">
         <v>0.18251366120219001</v>
       </c>
       <c r="F144" s="13">
         <v>288</v>
       </c>
       <c r="G144" s="13">
         <v>55</v>
       </c>
       <c r="H144" s="14">
         <v>0.19097222222221999</v>
       </c>
       <c r="I144" s="3"/>
       <c r="J144" s="3"/>
       <c r="K144" s="3"/>
       <c r="L144" s="3"/>
       <c r="M144" s="3"/>
     </row>
-    <row r="145" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A145" s="12">
         <v>2020</v>
       </c>
       <c r="B145" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C145" s="13">
         <v>2095</v>
       </c>
       <c r="D145" s="13">
         <v>338</v>
       </c>
       <c r="E145" s="14">
         <v>0.16133651551313</v>
       </c>
       <c r="F145" s="13">
         <v>765</v>
       </c>
       <c r="G145" s="13">
         <v>146</v>
       </c>
       <c r="H145" s="14">
         <v>0.19084967320261001</v>
       </c>
       <c r="I145" s="3"/>
       <c r="J145" s="3"/>
       <c r="K145" s="3"/>
       <c r="L145" s="3"/>
       <c r="M145" s="3"/>
     </row>
-    <row r="146" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A146" s="12">
         <v>2020</v>
       </c>
       <c r="B146" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C146" s="13">
         <v>1638</v>
       </c>
       <c r="D146" s="13">
         <v>243</v>
       </c>
       <c r="E146" s="14">
         <v>0.14835164835164999</v>
       </c>
       <c r="F146" s="13">
         <v>743</v>
       </c>
       <c r="G146" s="13">
         <v>144</v>
       </c>
       <c r="H146" s="14">
         <v>0.19380888290713</v>
       </c>
       <c r="I146" s="3"/>
       <c r="J146" s="3"/>
       <c r="K146" s="3"/>
       <c r="L146" s="3"/>
       <c r="M146" s="3"/>
     </row>
-    <row r="147" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A147" s="12">
         <v>2020</v>
       </c>
       <c r="B147" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="13">
         <v>661</v>
       </c>
       <c r="D147" s="13">
         <v>149</v>
       </c>
       <c r="E147" s="14">
         <v>0.22541603630862</v>
       </c>
       <c r="F147" s="13">
         <v>156</v>
       </c>
       <c r="G147" s="13">
         <v>34</v>
       </c>
       <c r="H147" s="14">
         <v>0.21794871794872001</v>
       </c>
       <c r="I147" s="3"/>
       <c r="J147" s="3"/>
       <c r="K147" s="3"/>
       <c r="L147" s="3"/>
       <c r="M147" s="3"/>
     </row>
-    <row r="148" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A148" s="12">
         <v>2020</v>
       </c>
       <c r="B148" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="13">
         <v>683</v>
       </c>
       <c r="D148" s="13">
         <v>132</v>
       </c>
       <c r="E148" s="14">
         <v>0.19326500732064</v>
       </c>
       <c r="F148" s="13">
         <v>249</v>
       </c>
       <c r="G148" s="13">
         <v>49</v>
       </c>
       <c r="H148" s="14">
         <v>0.19678714859438001</v>
       </c>
       <c r="I148" s="3"/>
       <c r="J148" s="3"/>
       <c r="K148" s="3"/>
       <c r="L148" s="3"/>
       <c r="M148" s="3"/>
     </row>
-    <row r="149" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A149" s="12">
         <v>2020</v>
       </c>
       <c r="B149" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C149" s="13">
         <v>2555</v>
       </c>
       <c r="D149" s="13">
         <v>573</v>
       </c>
       <c r="E149" s="14">
         <v>0.22426614481408999</v>
       </c>
       <c r="F149" s="13">
         <v>945</v>
       </c>
       <c r="G149" s="13">
         <v>205</v>
       </c>
       <c r="H149" s="14">
         <v>0.21693121693122</v>
       </c>
       <c r="I149" s="3"/>
       <c r="J149" s="3"/>
       <c r="K149" s="3"/>
       <c r="L149" s="3"/>
       <c r="M149" s="3"/>
     </row>
-    <row r="150" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A150" s="12">
         <v>2020</v>
       </c>
       <c r="B150" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C150" s="13">
         <v>926</v>
       </c>
       <c r="D150" s="13">
         <v>123</v>
       </c>
       <c r="E150" s="14">
         <v>0.13282937365010999</v>
       </c>
       <c r="F150" s="13">
         <v>357</v>
       </c>
       <c r="G150" s="13">
         <v>58</v>
       </c>
       <c r="H150" s="14">
         <v>0.16246498599440001</v>
       </c>
       <c r="I150" s="3"/>
       <c r="J150" s="3"/>
       <c r="K150" s="3"/>
       <c r="L150" s="3"/>
       <c r="M150" s="3"/>
     </row>
-    <row r="151" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A151" s="12">
         <v>2020</v>
       </c>
       <c r="B151" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C151" s="13">
         <v>3400</v>
       </c>
       <c r="D151" s="13">
         <v>1068</v>
       </c>
       <c r="E151" s="14">
         <v>0.31411764705882</v>
       </c>
       <c r="F151" s="13">
         <v>449</v>
       </c>
       <c r="G151" s="13">
         <v>106</v>
       </c>
       <c r="H151" s="14">
         <v>0.23608017817372001</v>
       </c>
       <c r="I151" s="3"/>
       <c r="J151" s="3"/>
       <c r="K151" s="3"/>
       <c r="L151" s="3"/>
       <c r="M151" s="3"/>
     </row>
-    <row r="152" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A152" s="12">
         <v>2020</v>
       </c>
       <c r="B152" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C152" s="13">
         <v>1993</v>
       </c>
       <c r="D152" s="13">
         <v>412</v>
       </c>
       <c r="E152" s="14">
         <v>0.20672353236327001</v>
       </c>
       <c r="F152" s="13">
         <v>947</v>
       </c>
       <c r="G152" s="13">
         <v>208</v>
       </c>
       <c r="H152" s="14">
         <v>0.21964097148890999</v>
       </c>
       <c r="I152" s="3"/>
       <c r="J152" s="3"/>
       <c r="K152" s="3"/>
       <c r="L152" s="3"/>
       <c r="M152" s="3"/>
     </row>
-    <row r="153" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A153" s="12">
         <v>2020</v>
       </c>
       <c r="B153" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="13">
         <v>550</v>
       </c>
       <c r="D153" s="13">
         <v>32</v>
       </c>
       <c r="E153" s="14">
         <v>5.818181818182E-2</v>
       </c>
       <c r="F153" s="13">
         <v>254</v>
       </c>
       <c r="G153" s="13">
         <v>29</v>
       </c>
       <c r="H153" s="14">
         <v>0.11417322834646</v>
       </c>
       <c r="I153" s="3"/>
       <c r="J153" s="3"/>
       <c r="K153" s="3"/>
       <c r="L153" s="3"/>
       <c r="M153" s="3"/>
     </row>
-    <row r="154" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A154" s="12">
         <v>2020</v>
       </c>
       <c r="B154" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C154" s="13">
         <v>3494</v>
       </c>
       <c r="D154" s="13">
         <v>772</v>
       </c>
       <c r="E154" s="14">
         <v>0.22095020034345</v>
       </c>
       <c r="F154" s="13">
         <v>1276</v>
       </c>
       <c r="G154" s="13">
         <v>272</v>
       </c>
       <c r="H154" s="14">
         <v>0.21316614420062999</v>
       </c>
       <c r="I154" s="3"/>
       <c r="J154" s="3"/>
       <c r="K154" s="3"/>
       <c r="L154" s="3"/>
       <c r="M154" s="3"/>
     </row>
-    <row r="155" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A155" s="12">
         <v>2020</v>
       </c>
       <c r="B155" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C155" s="13">
         <v>507</v>
       </c>
       <c r="D155" s="13">
         <v>50</v>
       </c>
       <c r="E155" s="14">
         <v>9.8619329388559995E-2</v>
       </c>
       <c r="F155" s="13">
         <v>209</v>
       </c>
       <c r="G155" s="13">
         <v>24</v>
       </c>
       <c r="H155" s="14">
         <v>0.11483253588517001</v>
       </c>
       <c r="I155" s="3"/>
       <c r="J155" s="3"/>
       <c r="K155" s="3"/>
       <c r="L155" s="3"/>
       <c r="M155" s="3"/>
     </row>
-    <row r="156" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A156" s="12">
         <v>2020</v>
       </c>
       <c r="B156" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C156" s="13">
         <v>171</v>
       </c>
       <c r="D156" s="13">
         <v>22</v>
       </c>
       <c r="E156" s="14">
         <v>0.12865497076023</v>
       </c>
       <c r="F156" s="13">
         <v>54</v>
       </c>
       <c r="G156" s="13">
         <v>6</v>
       </c>
       <c r="H156" s="14">
         <v>0.11111111111110999</v>
       </c>
       <c r="I156" s="3"/>
       <c r="J156" s="3"/>
       <c r="K156" s="3"/>
       <c r="L156" s="3"/>
       <c r="M156" s="3"/>
     </row>
-    <row r="157" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A157" s="12">
         <v>2020</v>
       </c>
       <c r="B157" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C157" s="13">
         <v>1086</v>
       </c>
       <c r="D157" s="13">
         <v>39</v>
       </c>
       <c r="E157" s="14">
         <v>3.5911602209939997E-2</v>
       </c>
       <c r="F157" s="13">
         <v>100</v>
       </c>
       <c r="G157" s="13">
         <v>2</v>
       </c>
       <c r="H157" s="14">
         <v>0.02</v>
       </c>
       <c r="I157" s="3"/>
       <c r="J157" s="3"/>
       <c r="K157" s="3"/>
       <c r="L157" s="3"/>
       <c r="M157" s="3"/>
     </row>
-    <row r="158" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A158" s="15">
         <v>2020</v>
       </c>
       <c r="B158" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C158" s="16">
         <v>44056</v>
       </c>
       <c r="D158" s="16">
         <v>8419</v>
       </c>
       <c r="E158" s="17">
         <v>0.1910976938442</v>
       </c>
       <c r="F158" s="16">
         <v>15424</v>
       </c>
       <c r="G158" s="16">
         <v>3000</v>
       </c>
       <c r="H158" s="17">
         <v>0.19450207468879999</v>
       </c>
       <c r="I158" s="3"/>
       <c r="J158" s="3"/>
       <c r="K158" s="3"/>
       <c r="L158" s="3"/>
       <c r="M158" s="3"/>
     </row>
-    <row r="159" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A159" s="12">
         <v>2021</v>
       </c>
       <c r="B159" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C159" s="13">
         <v>89</v>
       </c>
       <c r="D159" s="13">
         <v>12</v>
       </c>
       <c r="E159" s="14">
         <v>0.13483146067415999</v>
       </c>
       <c r="F159" s="13">
         <v>70</v>
       </c>
       <c r="G159" s="13">
         <v>10</v>
       </c>
       <c r="H159" s="14">
         <v>0.14285714285713999</v>
       </c>
     </row>
-    <row r="160" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A160" s="12">
         <v>2021</v>
       </c>
       <c r="B160" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C160" s="13">
         <v>170</v>
       </c>
       <c r="D160" s="13">
         <v>32</v>
       </c>
       <c r="E160" s="14">
         <v>0.18823529411765</v>
       </c>
       <c r="F160" s="13">
         <v>81</v>
       </c>
       <c r="G160" s="13">
         <v>10</v>
       </c>
       <c r="H160" s="14">
         <v>0.12345679012346</v>
       </c>
     </row>
-    <row r="161" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A161" s="12">
         <v>2021</v>
       </c>
       <c r="B161" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C161" s="13">
         <v>294</v>
       </c>
       <c r="D161" s="13">
         <v>33</v>
       </c>
       <c r="E161" s="14">
         <v>0.11224489795918</v>
       </c>
       <c r="F161" s="13">
         <v>135</v>
       </c>
       <c r="G161" s="13">
         <v>20</v>
       </c>
       <c r="H161" s="14">
         <v>0.14814814814815</v>
       </c>
     </row>
-    <row r="162" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A162" s="12">
         <v>2021</v>
       </c>
       <c r="B162" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C162" s="13">
         <v>7070</v>
       </c>
       <c r="D162" s="13">
         <v>903</v>
       </c>
       <c r="E162" s="14">
         <v>0.12772277227723</v>
       </c>
       <c r="F162" s="13">
         <v>3246</v>
       </c>
       <c r="G162" s="13">
         <v>448</v>
       </c>
       <c r="H162" s="14">
         <v>0.13801601971656999</v>
       </c>
     </row>
-    <row r="163" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A163" s="12">
         <v>2021</v>
       </c>
       <c r="B163" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C163" s="13">
         <v>1001</v>
       </c>
       <c r="D163" s="13">
         <v>241</v>
       </c>
       <c r="E163" s="14">
         <v>0.24075924075923999</v>
       </c>
       <c r="F163" s="13">
         <v>304</v>
       </c>
       <c r="G163" s="13">
         <v>63</v>
       </c>
       <c r="H163" s="14">
         <v>0.20723684210526</v>
       </c>
     </row>
-    <row r="164" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A164" s="12">
         <v>2021</v>
       </c>
       <c r="B164" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C164" s="13">
         <v>359</v>
       </c>
       <c r="D164" s="13">
         <v>85</v>
       </c>
       <c r="E164" s="14">
         <v>0.23676880222841001</v>
       </c>
       <c r="F164" s="13">
         <v>244</v>
       </c>
       <c r="G164" s="13">
         <v>62</v>
       </c>
       <c r="H164" s="14">
         <v>0.25409836065573999</v>
       </c>
     </row>
-    <row r="165" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A165" s="12">
         <v>2021</v>
       </c>
       <c r="B165" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C165" s="13">
         <v>3407</v>
       </c>
       <c r="D165" s="13">
         <v>688</v>
       </c>
       <c r="E165" s="14">
         <v>0.20193718814205999</v>
       </c>
       <c r="F165" s="13">
         <v>1422</v>
       </c>
       <c r="G165" s="13">
         <v>247</v>
       </c>
       <c r="H165" s="14">
         <v>0.17369901547117</v>
       </c>
     </row>
-    <row r="166" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A166" s="12">
         <v>2021</v>
       </c>
       <c r="B166" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C166" s="13">
         <v>3378</v>
       </c>
       <c r="D166" s="13">
         <v>671</v>
       </c>
       <c r="E166" s="14">
         <v>0.19863824748372</v>
       </c>
       <c r="F166" s="13">
         <v>1414</v>
       </c>
       <c r="G166" s="13">
         <v>339</v>
       </c>
       <c r="H166" s="14">
         <v>0.23974540311174</v>
       </c>
     </row>
-    <row r="167" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:8" s="4" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A167" s="12">
         <v>2021</v>
       </c>
       <c r="B167" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C167" s="13">
         <v>628</v>
       </c>
       <c r="D167" s="13">
         <v>91</v>
       </c>
       <c r="E167" s="14">
         <v>0.14490445859873</v>
       </c>
       <c r="F167" s="13">
         <v>281</v>
       </c>
       <c r="G167" s="13">
         <v>57</v>
       </c>
       <c r="H167" s="14">
         <v>0.20284697508897001</v>
       </c>
     </row>
-    <row r="168" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A168" s="12">
         <v>2021</v>
       </c>
       <c r="B168" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C168" s="13">
         <v>7319</v>
       </c>
       <c r="D168" s="13">
         <v>1213</v>
       </c>
       <c r="E168" s="14">
         <v>0.16573302363711001</v>
       </c>
       <c r="F168" s="13">
         <v>2496</v>
       </c>
       <c r="G168" s="13">
         <v>375</v>
       </c>
       <c r="H168" s="14">
         <v>0.15024038461538</v>
       </c>
     </row>
-    <row r="169" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A169" s="12">
         <v>2021</v>
       </c>
       <c r="B169" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C169" s="13">
         <v>1263</v>
       </c>
       <c r="D169" s="13">
         <v>215</v>
       </c>
       <c r="E169" s="14">
         <v>0.17022961203483999</v>
       </c>
       <c r="F169" s="13">
         <v>423</v>
       </c>
       <c r="G169" s="13">
         <v>58</v>
       </c>
       <c r="H169" s="14">
         <v>0.13711583924349999</v>
       </c>
     </row>
-    <row r="170" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A170" s="12">
         <v>2021</v>
       </c>
       <c r="B170" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C170" s="13">
         <v>1035</v>
       </c>
       <c r="D170" s="13">
         <v>162</v>
       </c>
       <c r="E170" s="14">
         <v>0.15652173913042999</v>
       </c>
       <c r="F170" s="13">
         <v>326</v>
       </c>
       <c r="G170" s="13">
         <v>56</v>
       </c>
       <c r="H170" s="14">
         <v>0.17177914110428999</v>
       </c>
     </row>
-    <row r="171" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A171" s="12">
         <v>2021</v>
       </c>
       <c r="B171" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C171" s="13">
         <v>2172</v>
       </c>
       <c r="D171" s="13">
         <v>389</v>
       </c>
       <c r="E171" s="14">
         <v>0.17909760589318999</v>
       </c>
       <c r="F171" s="13">
         <v>825</v>
       </c>
       <c r="G171" s="13">
         <v>138</v>
       </c>
       <c r="H171" s="14">
         <v>0.16727272727272999</v>
       </c>
     </row>
-    <row r="172" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A172" s="12">
         <v>2021</v>
       </c>
       <c r="B172" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C172" s="13">
         <v>1574</v>
       </c>
       <c r="D172" s="13">
         <v>211</v>
       </c>
       <c r="E172" s="14">
         <v>0.13405336721728001</v>
       </c>
       <c r="F172" s="13">
         <v>790</v>
       </c>
       <c r="G172" s="13">
         <v>125</v>
       </c>
       <c r="H172" s="14">
         <v>0.15822784810127</v>
       </c>
     </row>
-    <row r="173" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A173" s="12">
         <v>2021</v>
       </c>
       <c r="B173" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="13">
         <v>646</v>
       </c>
       <c r="D173" s="13">
         <v>146</v>
       </c>
       <c r="E173" s="14">
         <v>0.22600619195046001</v>
       </c>
       <c r="F173" s="13">
         <v>190</v>
       </c>
       <c r="G173" s="13">
         <v>36</v>
       </c>
       <c r="H173" s="14">
         <v>0.18947368421053001</v>
       </c>
     </row>
-    <row r="174" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A174" s="12">
         <v>2021</v>
       </c>
       <c r="B174" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="13">
         <v>783</v>
       </c>
       <c r="D174" s="13">
         <v>145</v>
       </c>
       <c r="E174" s="14">
         <v>0.18518518518519</v>
       </c>
       <c r="F174" s="13">
         <v>394</v>
       </c>
       <c r="G174" s="13">
         <v>52</v>
       </c>
       <c r="H174" s="14">
         <v>0.13197969543147001</v>
       </c>
     </row>
-    <row r="175" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A175" s="12">
         <v>2021</v>
       </c>
       <c r="B175" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C175" s="13">
         <v>2728</v>
       </c>
       <c r="D175" s="13">
         <v>569</v>
       </c>
       <c r="E175" s="14">
         <v>0.20857771260996999</v>
       </c>
       <c r="F175" s="13">
         <v>1068</v>
       </c>
       <c r="G175" s="13">
         <v>230</v>
       </c>
       <c r="H175" s="14">
         <v>0.21535580524344999</v>
       </c>
     </row>
-    <row r="176" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A176" s="12">
         <v>2021</v>
       </c>
       <c r="B176" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C176" s="13">
         <v>752</v>
       </c>
       <c r="D176" s="13">
         <v>109</v>
       </c>
       <c r="E176" s="14">
         <v>0.14494680851064001</v>
       </c>
       <c r="F176" s="13">
         <v>355</v>
       </c>
       <c r="G176" s="13">
         <v>53</v>
       </c>
       <c r="H176" s="14">
         <v>0.14929577464789001</v>
       </c>
     </row>
-    <row r="177" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A177" s="12">
         <v>2021</v>
       </c>
       <c r="B177" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C177" s="13">
         <v>3294</v>
       </c>
       <c r="D177" s="13">
         <v>1117</v>
       </c>
       <c r="E177" s="14">
         <v>0.33910139647845</v>
       </c>
       <c r="F177" s="13">
         <v>479</v>
       </c>
       <c r="G177" s="13">
         <v>88</v>
       </c>
       <c r="H177" s="14">
         <v>0.18371607515658001</v>
       </c>
     </row>
-    <row r="178" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A178" s="12">
         <v>2021</v>
       </c>
       <c r="B178" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C178" s="13">
         <v>2089</v>
       </c>
       <c r="D178" s="13">
         <v>418</v>
       </c>
       <c r="E178" s="14">
         <v>0.20009573958832</v>
       </c>
       <c r="F178" s="13">
         <v>1124</v>
       </c>
       <c r="G178" s="13">
         <v>239</v>
       </c>
       <c r="H178" s="14">
         <v>0.21263345195729999</v>
       </c>
     </row>
-    <row r="179" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="12">
         <v>2021</v>
       </c>
       <c r="B179" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="13">
         <v>509</v>
       </c>
       <c r="D179" s="13">
         <v>53</v>
       </c>
       <c r="E179" s="14">
         <v>0.1041257367387</v>
       </c>
       <c r="F179" s="13">
         <v>277</v>
       </c>
       <c r="G179" s="13">
         <v>41</v>
       </c>
       <c r="H179" s="14">
         <v>0.14801444043320999</v>
       </c>
     </row>
-    <row r="180" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A180" s="12">
         <v>2021</v>
       </c>
       <c r="B180" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C180" s="13">
         <v>3456</v>
       </c>
       <c r="D180" s="13">
         <v>656</v>
       </c>
       <c r="E180" s="14">
         <v>0.18981481481481</v>
       </c>
       <c r="F180" s="13">
         <v>1312</v>
       </c>
       <c r="G180" s="13">
         <v>270</v>
       </c>
       <c r="H180" s="14">
         <v>0.20579268292683001</v>
       </c>
     </row>
-    <row r="181" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A181" s="12">
         <v>2021</v>
       </c>
       <c r="B181" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C181" s="13">
         <v>377</v>
       </c>
       <c r="D181" s="13">
         <v>46</v>
       </c>
       <c r="E181" s="14">
         <v>0.12201591511936</v>
       </c>
       <c r="F181" s="13">
         <v>194</v>
       </c>
       <c r="G181" s="13">
         <v>22</v>
       </c>
       <c r="H181" s="14">
         <v>0.11340206185567001</v>
       </c>
     </row>
-    <row r="182" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A182" s="12">
         <v>2021</v>
       </c>
       <c r="B182" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C182" s="13">
         <v>234</v>
       </c>
       <c r="D182" s="13">
         <v>22</v>
       </c>
       <c r="E182" s="14">
         <v>9.4017094017090005E-2</v>
       </c>
       <c r="F182" s="13">
         <v>89</v>
       </c>
       <c r="G182" s="13">
         <v>14</v>
       </c>
       <c r="H182" s="14">
         <v>0.15730337078652001</v>
       </c>
     </row>
-    <row r="183" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A183" s="12">
         <v>2021</v>
       </c>
       <c r="B183" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C183" s="13">
         <v>1094</v>
       </c>
       <c r="D183" s="13">
         <v>36</v>
       </c>
       <c r="E183" s="14">
         <v>3.2906764168190002E-2</v>
       </c>
       <c r="F183" s="13">
         <v>152</v>
       </c>
       <c r="G183" s="13">
         <v>13</v>
       </c>
       <c r="H183" s="14">
         <v>8.5526315789469995E-2</v>
       </c>
     </row>
-    <row r="184" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A184" s="15">
         <v>2021</v>
       </c>
       <c r="B184" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C184" s="16">
         <v>45721</v>
       </c>
       <c r="D184" s="16">
         <v>8263</v>
       </c>
       <c r="E184" s="17">
         <v>0.18072658078345</v>
       </c>
       <c r="F184" s="16">
         <v>17691</v>
       </c>
       <c r="G184" s="16">
         <v>3066</v>
       </c>
       <c r="H184" s="17">
         <v>0.17330846192978999</v>
       </c>
     </row>
-    <row r="185" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A185" s="12">
         <v>2022</v>
       </c>
       <c r="B185" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C185" s="13">
         <v>75</v>
       </c>
       <c r="D185" s="13">
         <v>15</v>
       </c>
       <c r="E185" s="14">
         <v>0.2</v>
       </c>
       <c r="F185" s="13">
         <v>64</v>
       </c>
       <c r="G185" s="13">
         <v>14</v>
       </c>
       <c r="H185" s="14">
         <v>0.21875</v>
       </c>
     </row>
-    <row r="186" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A186" s="12">
         <v>2022</v>
       </c>
       <c r="B186" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C186" s="13">
         <v>176</v>
       </c>
       <c r="D186" s="13">
         <v>42</v>
       </c>
       <c r="E186" s="14">
         <v>0.23863636363636001</v>
       </c>
       <c r="F186" s="13">
         <v>101</v>
       </c>
       <c r="G186" s="13">
         <v>17</v>
       </c>
       <c r="H186" s="14">
         <v>0.16831683168316999</v>
       </c>
     </row>
-    <row r="187" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A187" s="12">
         <v>2022</v>
       </c>
       <c r="B187" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C187" s="13">
         <v>222</v>
       </c>
       <c r="D187" s="13">
         <v>37</v>
       </c>
       <c r="E187" s="14">
         <v>0.16666666666666999</v>
       </c>
       <c r="F187" s="13">
         <v>155</v>
       </c>
       <c r="G187" s="13">
         <v>28</v>
       </c>
       <c r="H187" s="14">
         <v>0.18064516129031999</v>
       </c>
     </row>
-    <row r="188" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A188" s="12">
         <v>2022</v>
       </c>
       <c r="B188" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C188" s="13">
         <v>6312</v>
       </c>
       <c r="D188" s="13">
         <v>908</v>
       </c>
       <c r="E188" s="14">
         <v>0.14385297845374001</v>
       </c>
       <c r="F188" s="13">
         <v>3216</v>
       </c>
       <c r="G188" s="13">
         <v>471</v>
       </c>
       <c r="H188" s="14">
         <v>0.14645522388060001</v>
       </c>
     </row>
-    <row r="189" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A189" s="12">
         <v>2022</v>
       </c>
       <c r="B189" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C189" s="13">
         <v>995</v>
       </c>
       <c r="D189" s="13">
         <v>233</v>
       </c>
       <c r="E189" s="14">
         <v>0.23417085427136</v>
       </c>
       <c r="F189" s="13">
         <v>353</v>
       </c>
       <c r="G189" s="13">
         <v>89</v>
       </c>
       <c r="H189" s="14">
         <v>0.25212464589235001</v>
       </c>
     </row>
-    <row r="190" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A190" s="12">
         <v>2022</v>
       </c>
       <c r="B190" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C190" s="13">
         <v>297</v>
       </c>
       <c r="D190" s="13">
         <v>66</v>
       </c>
       <c r="E190" s="14">
         <v>0.22222222222221999</v>
       </c>
       <c r="F190" s="13">
         <v>127</v>
       </c>
       <c r="G190" s="13">
         <v>33</v>
       </c>
       <c r="H190" s="14">
         <v>0.25984251968504002</v>
       </c>
     </row>
-    <row r="191" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A191" s="12">
         <v>2022</v>
       </c>
       <c r="B191" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C191" s="13">
         <v>3573</v>
       </c>
       <c r="D191" s="13">
         <v>716</v>
       </c>
       <c r="E191" s="14">
         <v>0.20039182759585999</v>
       </c>
       <c r="F191" s="13">
         <v>1518</v>
       </c>
       <c r="G191" s="13">
         <v>291</v>
       </c>
       <c r="H191" s="14">
         <v>0.19169960474308001</v>
       </c>
     </row>
-    <row r="192" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A192" s="12">
         <v>2022</v>
       </c>
       <c r="B192" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C192" s="13">
         <v>3241</v>
       </c>
       <c r="D192" s="13">
         <v>691</v>
       </c>
       <c r="E192" s="14">
         <v>0.21320580067879999</v>
       </c>
       <c r="F192" s="13">
         <v>1516</v>
       </c>
       <c r="G192" s="13">
         <v>366</v>
       </c>
       <c r="H192" s="14">
         <v>0.24142480211082001</v>
       </c>
     </row>
-    <row r="193" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A193" s="12">
         <v>2022</v>
       </c>
       <c r="B193" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C193" s="13">
         <v>597</v>
       </c>
       <c r="D193" s="13">
         <v>143</v>
       </c>
       <c r="E193" s="14">
         <v>0.23953098827471</v>
       </c>
       <c r="F193" s="13">
         <v>224</v>
       </c>
       <c r="G193" s="13">
         <v>61</v>
       </c>
       <c r="H193" s="14">
         <v>0.27232142857142999</v>
       </c>
     </row>
-    <row r="194" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A194" s="12">
         <v>2022</v>
       </c>
       <c r="B194" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C194" s="13">
         <v>5801</v>
       </c>
       <c r="D194" s="13">
         <v>918</v>
       </c>
       <c r="E194" s="14">
         <v>0.15824857783141</v>
       </c>
       <c r="F194" s="13">
         <v>2041</v>
       </c>
       <c r="G194" s="13">
         <v>329</v>
       </c>
       <c r="H194" s="14">
         <v>0.16119549240568001</v>
       </c>
     </row>
-    <row r="195" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A195" s="12">
         <v>2022</v>
       </c>
       <c r="B195" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C195" s="13">
         <v>1226</v>
       </c>
       <c r="D195" s="13">
         <v>195</v>
       </c>
       <c r="E195" s="14">
         <v>0.15905383360521999</v>
       </c>
       <c r="F195" s="13">
         <v>470</v>
       </c>
       <c r="G195" s="13">
         <v>99</v>
       </c>
       <c r="H195" s="14">
         <v>0.21063829787234001</v>
       </c>
     </row>
-    <row r="196" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A196" s="12">
         <v>2022</v>
       </c>
       <c r="B196" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C196" s="13">
         <v>882</v>
       </c>
       <c r="D196" s="13">
         <v>170</v>
       </c>
       <c r="E196" s="14">
         <v>0.19274376417233999</v>
       </c>
       <c r="F196" s="13">
         <v>318</v>
       </c>
       <c r="G196" s="13">
         <v>70</v>
       </c>
       <c r="H196" s="14">
         <v>0.22012578616351999</v>
       </c>
     </row>
-    <row r="197" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A197" s="12">
         <v>2022</v>
       </c>
       <c r="B197" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C197" s="13">
         <v>2256</v>
       </c>
       <c r="D197" s="13">
         <v>368</v>
       </c>
       <c r="E197" s="14">
         <v>0.16312056737589001</v>
       </c>
       <c r="F197" s="13">
         <v>876</v>
       </c>
       <c r="G197" s="13">
         <v>145</v>
       </c>
       <c r="H197" s="14">
         <v>0.16552511415525001</v>
       </c>
     </row>
-    <row r="198" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A198" s="12">
         <v>2022</v>
       </c>
       <c r="B198" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C198" s="13">
         <v>1461</v>
       </c>
       <c r="D198" s="13">
         <v>263</v>
       </c>
       <c r="E198" s="14">
         <v>0.18001368925394001</v>
       </c>
       <c r="F198" s="13">
         <v>788</v>
       </c>
       <c r="G198" s="13">
         <v>153</v>
       </c>
       <c r="H198" s="14">
         <v>0.19416243654821999</v>
       </c>
     </row>
-    <row r="199" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A199" s="12">
         <v>2022</v>
       </c>
       <c r="B199" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="13">
         <v>636</v>
       </c>
       <c r="D199" s="13">
         <v>155</v>
       </c>
       <c r="E199" s="14">
         <v>0.24371069182390001</v>
       </c>
       <c r="F199" s="13">
         <v>208</v>
       </c>
       <c r="G199" s="13">
         <v>42</v>
       </c>
       <c r="H199" s="14">
         <v>0.20192307692308001</v>
       </c>
     </row>
-    <row r="200" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A200" s="12">
         <v>2022</v>
       </c>
       <c r="B200" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="13">
         <v>671</v>
       </c>
       <c r="D200" s="13">
         <v>124</v>
       </c>
       <c r="E200" s="14">
         <v>0.18479880774963001</v>
       </c>
       <c r="F200" s="13">
         <v>317</v>
       </c>
       <c r="G200" s="13">
         <v>68</v>
       </c>
       <c r="H200" s="14">
         <v>0.21451104100946</v>
       </c>
     </row>
-    <row r="201" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A201" s="12">
         <v>2022</v>
       </c>
       <c r="B201" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C201" s="13">
         <v>2333</v>
       </c>
       <c r="D201" s="13">
         <v>491</v>
       </c>
       <c r="E201" s="14">
         <v>0.21045863694813999</v>
       </c>
       <c r="F201" s="13">
         <v>1006</v>
       </c>
       <c r="G201" s="13">
         <v>205</v>
       </c>
       <c r="H201" s="14">
         <v>0.2037773359841</v>
       </c>
     </row>
-    <row r="202" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A202" s="12">
         <v>2022</v>
       </c>
       <c r="B202" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C202" s="13">
         <v>695</v>
       </c>
       <c r="D202" s="13">
         <v>116</v>
       </c>
       <c r="E202" s="14">
         <v>0.16690647482014001</v>
       </c>
       <c r="F202" s="13">
         <v>338</v>
       </c>
       <c r="G202" s="13">
         <v>51</v>
       </c>
       <c r="H202" s="14">
         <v>0.1508875739645</v>
       </c>
     </row>
-    <row r="203" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A203" s="12">
         <v>2022</v>
       </c>
       <c r="B203" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C203" s="13">
         <v>3060</v>
       </c>
       <c r="D203" s="13">
         <v>1117</v>
       </c>
       <c r="E203" s="14">
         <v>0.36503267973856002</v>
       </c>
       <c r="F203" s="13">
         <v>446</v>
       </c>
       <c r="G203" s="13">
         <v>96</v>
       </c>
       <c r="H203" s="14">
         <v>0.21524663677129999</v>
       </c>
     </row>
-    <row r="204" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A204" s="12">
         <v>2022</v>
       </c>
       <c r="B204" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C204" s="13">
         <v>1977</v>
       </c>
       <c r="D204" s="13">
         <v>437</v>
       </c>
       <c r="E204" s="14">
         <v>0.22104198280223</v>
       </c>
       <c r="F204" s="13">
         <v>1072</v>
       </c>
       <c r="G204" s="13">
         <v>248</v>
       </c>
       <c r="H204" s="14">
         <v>0.23134328358209</v>
       </c>
     </row>
-    <row r="205" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A205" s="12">
         <v>2022</v>
       </c>
       <c r="B205" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="13">
         <v>531</v>
       </c>
       <c r="D205" s="13">
         <v>83</v>
       </c>
       <c r="E205" s="14">
         <v>0.15630885122411001</v>
       </c>
       <c r="F205" s="13">
         <v>329</v>
       </c>
       <c r="G205" s="13">
         <v>61</v>
       </c>
       <c r="H205" s="14">
         <v>0.18541033434650001</v>
       </c>
     </row>
-    <row r="206" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A206" s="12">
         <v>2022</v>
       </c>
       <c r="B206" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C206" s="13">
         <v>3428</v>
       </c>
       <c r="D206" s="13">
         <v>727</v>
       </c>
       <c r="E206" s="14">
         <v>0.21207701283547001</v>
       </c>
       <c r="F206" s="13">
         <v>1392</v>
       </c>
       <c r="G206" s="13">
         <v>302</v>
       </c>
       <c r="H206" s="14">
         <v>0.21695402298850999</v>
       </c>
     </row>
-    <row r="207" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A207" s="12">
         <v>2022</v>
       </c>
       <c r="B207" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C207" s="13">
         <v>284</v>
       </c>
       <c r="D207" s="13">
         <v>32</v>
       </c>
       <c r="E207" s="14">
         <v>0.11267605633803</v>
       </c>
       <c r="F207" s="13">
         <v>131</v>
       </c>
       <c r="G207" s="13">
         <v>33</v>
       </c>
       <c r="H207" s="14">
         <v>0.25190839694655998</v>
       </c>
     </row>
-    <row r="208" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A208" s="12">
         <v>2022</v>
       </c>
       <c r="B208" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C208" s="13">
         <v>169</v>
       </c>
       <c r="D208" s="13">
         <v>25</v>
       </c>
       <c r="E208" s="14">
         <v>0.14792899408283999</v>
       </c>
       <c r="F208" s="13">
         <v>86</v>
       </c>
       <c r="G208" s="13">
         <v>12</v>
       </c>
       <c r="H208" s="14">
         <v>0.13953488372093001</v>
       </c>
     </row>
-    <row r="209" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A209" s="12">
         <v>2022</v>
       </c>
       <c r="B209" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C209" s="13">
         <v>821</v>
       </c>
       <c r="D209" s="13">
         <v>35</v>
       </c>
       <c r="E209" s="14">
         <v>4.263093788063E-2</v>
       </c>
       <c r="F209" s="13">
         <v>71</v>
       </c>
       <c r="G209" s="13">
         <v>10</v>
       </c>
       <c r="H209" s="14">
         <v>0.14084507042253999</v>
       </c>
     </row>
-    <row r="210" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A210" s="15">
         <v>2022</v>
       </c>
       <c r="B210" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C210" s="16">
         <v>41719</v>
       </c>
       <c r="D210" s="16">
         <v>8107</v>
       </c>
       <c r="E210" s="17">
         <v>0.19432392914499</v>
       </c>
       <c r="F210" s="16">
         <v>17163</v>
       </c>
       <c r="G210" s="16">
         <v>3294</v>
       </c>
       <c r="H210" s="17">
         <v>0.19192448872574999</v>
       </c>
     </row>
-    <row r="211" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A211" s="12">
         <v>2023</v>
       </c>
       <c r="B211" s="12" t="s">
         <v>1</v>
       </c>
       <c r="C211" s="13">
         <v>65</v>
       </c>
       <c r="D211" s="13">
         <v>11</v>
       </c>
       <c r="E211" s="14">
         <v>0.16923076923076999</v>
       </c>
       <c r="F211" s="13">
         <v>51</v>
       </c>
       <c r="G211" s="13">
         <v>13</v>
       </c>
       <c r="H211" s="14">
         <v>0.25490196078430999</v>
       </c>
     </row>
-    <row r="212" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A212" s="12">
         <v>2023</v>
       </c>
       <c r="B212" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C212" s="13">
         <v>215</v>
       </c>
       <c r="D212" s="13">
         <v>60</v>
       </c>
       <c r="E212" s="14">
         <v>0.27906976744186002</v>
       </c>
       <c r="F212" s="13">
         <v>56</v>
       </c>
       <c r="G212" s="13">
         <v>16</v>
       </c>
       <c r="H212" s="14">
         <v>0.28571428571428997</v>
       </c>
     </row>
-    <row r="213" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A213" s="12">
         <v>2023</v>
       </c>
       <c r="B213" s="26" t="s">
         <v>35</v>
       </c>
       <c r="C213" s="13">
         <v>178</v>
       </c>
       <c r="D213" s="13">
         <v>24</v>
       </c>
       <c r="E213" s="14">
         <v>0.13483146067415999</v>
       </c>
       <c r="F213" s="13">
         <v>152</v>
       </c>
       <c r="G213" s="13">
         <v>23</v>
       </c>
       <c r="H213" s="14">
         <v>0.15131578947367999</v>
       </c>
     </row>
-    <row r="214" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A214" s="12">
         <v>2023</v>
       </c>
       <c r="B214" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C214" s="13">
         <v>6043</v>
       </c>
       <c r="D214" s="13">
         <v>857</v>
       </c>
       <c r="E214" s="14">
         <v>0.14181697832203</v>
       </c>
       <c r="F214" s="13">
         <v>3091</v>
       </c>
       <c r="G214" s="13">
         <v>478</v>
       </c>
       <c r="H214" s="14">
         <v>0.15464251051440001</v>
       </c>
     </row>
-    <row r="215" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A215" s="12">
         <v>2023</v>
       </c>
       <c r="B215" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C215" s="13">
         <v>957</v>
       </c>
       <c r="D215" s="13">
         <v>232</v>
       </c>
       <c r="E215" s="14">
         <v>0.24242424242423999</v>
       </c>
       <c r="F215" s="13">
         <v>334</v>
       </c>
       <c r="G215" s="13">
         <v>89</v>
       </c>
       <c r="H215" s="14">
         <v>0.26646706586826002</v>
       </c>
     </row>
-    <row r="216" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A216" s="12">
         <v>2023</v>
       </c>
       <c r="B216" s="12" t="s">
         <v>4</v>
       </c>
       <c r="C216" s="13">
         <v>300</v>
       </c>
       <c r="D216" s="13">
         <v>64</v>
       </c>
       <c r="E216" s="14">
         <v>0.21333333333332999</v>
       </c>
       <c r="F216" s="13">
         <v>173</v>
       </c>
       <c r="G216" s="13">
         <v>35</v>
       </c>
       <c r="H216" s="14">
         <v>0.20231213872831999</v>
       </c>
     </row>
-    <row r="217" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A217" s="12">
         <v>2023</v>
       </c>
       <c r="B217" s="12" t="s">
         <v>5</v>
       </c>
       <c r="C217" s="13">
         <v>3274</v>
       </c>
       <c r="D217" s="13">
         <v>653</v>
       </c>
       <c r="E217" s="14">
         <v>0.19945021380573999</v>
       </c>
       <c r="F217" s="13">
         <v>1421</v>
       </c>
       <c r="G217" s="13">
         <v>272</v>
       </c>
       <c r="H217" s="14">
         <v>0.19141449683322001</v>
       </c>
     </row>
-    <row r="218" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A218" s="12">
         <v>2023</v>
       </c>
       <c r="B218" s="12" t="s">
         <v>6</v>
       </c>
       <c r="C218" s="13">
         <v>3105</v>
       </c>
       <c r="D218" s="13">
         <v>653</v>
       </c>
       <c r="E218" s="14">
         <v>0.21030595813205</v>
       </c>
       <c r="F218" s="13">
         <v>1583</v>
       </c>
       <c r="G218" s="13">
         <v>364</v>
       </c>
       <c r="H218" s="14">
         <v>0.22994314592546</v>
       </c>
     </row>
-    <row r="219" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A219" s="12">
         <v>2023</v>
       </c>
       <c r="B219" s="12" t="s">
         <v>7</v>
       </c>
       <c r="C219" s="13">
         <v>563</v>
       </c>
       <c r="D219" s="13">
         <v>147</v>
       </c>
       <c r="E219" s="14">
         <v>0.26110124333925</v>
       </c>
       <c r="F219" s="13">
         <v>240</v>
       </c>
       <c r="G219" s="13">
         <v>69</v>
       </c>
       <c r="H219" s="14">
         <v>0.28749999999999998</v>
       </c>
     </row>
-    <row r="220" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A220" s="12">
         <v>2023</v>
       </c>
       <c r="B220" s="12" t="s">
         <v>8</v>
       </c>
       <c r="C220" s="13">
         <v>5447</v>
       </c>
       <c r="D220" s="13">
         <v>1032</v>
       </c>
       <c r="E220" s="14">
         <v>0.18946208922343</v>
       </c>
       <c r="F220" s="13">
         <v>1885</v>
       </c>
       <c r="G220" s="13">
         <v>379</v>
       </c>
       <c r="H220" s="14">
         <v>0.20106100795755999</v>
       </c>
     </row>
-    <row r="221" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A221" s="12">
         <v>2023</v>
       </c>
       <c r="B221" s="12" t="s">
         <v>9</v>
       </c>
       <c r="C221" s="13">
         <v>1066</v>
       </c>
       <c r="D221" s="13">
         <v>177</v>
       </c>
       <c r="E221" s="14">
         <v>0.16604127579736999</v>
       </c>
       <c r="F221" s="13">
         <v>419</v>
       </c>
       <c r="G221" s="13">
         <v>81</v>
       </c>
       <c r="H221" s="14">
         <v>0.19331742243437</v>
       </c>
     </row>
-    <row r="222" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A222" s="12">
         <v>2023</v>
       </c>
       <c r="B222" s="12" t="s">
         <v>10</v>
       </c>
       <c r="C222" s="13">
         <v>801</v>
       </c>
       <c r="D222" s="13">
         <v>138</v>
       </c>
       <c r="E222" s="14">
         <v>0.17228464419476</v>
       </c>
       <c r="F222" s="13">
         <v>337</v>
       </c>
       <c r="G222" s="13">
         <v>54</v>
       </c>
       <c r="H222" s="14">
         <v>0.16023738872404</v>
       </c>
     </row>
-    <row r="223" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A223" s="12">
         <v>2023</v>
       </c>
       <c r="B223" s="12" t="s">
         <v>11</v>
       </c>
       <c r="C223" s="13">
         <v>2007</v>
       </c>
       <c r="D223" s="13">
         <v>371</v>
       </c>
       <c r="E223" s="14">
         <v>0.18485301444943</v>
       </c>
       <c r="F223" s="13">
         <v>886</v>
       </c>
       <c r="G223" s="13">
         <v>158</v>
       </c>
       <c r="H223" s="14">
         <v>0.17832957110608999</v>
       </c>
     </row>
-    <row r="224" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A224" s="12">
         <v>2023</v>
       </c>
       <c r="B224" s="12" t="s">
         <v>12</v>
       </c>
       <c r="C224" s="13">
         <v>1263</v>
       </c>
       <c r="D224" s="13">
         <v>254</v>
       </c>
       <c r="E224" s="14">
         <v>0.20110847189232001</v>
       </c>
       <c r="F224" s="13">
         <v>765</v>
       </c>
       <c r="G224" s="13">
         <v>159</v>
       </c>
       <c r="H224" s="14">
         <v>0.2078431372549</v>
       </c>
     </row>
-    <row r="225" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A225" s="12">
         <v>2023</v>
       </c>
       <c r="B225" s="12" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="13">
         <v>576</v>
       </c>
       <c r="D225" s="13">
         <v>145</v>
       </c>
       <c r="E225" s="14">
         <v>0.25173611111110999</v>
       </c>
       <c r="F225" s="13">
         <v>189</v>
       </c>
       <c r="G225" s="13">
         <v>44</v>
       </c>
       <c r="H225" s="14">
         <v>0.23280423280422999</v>
       </c>
     </row>
-    <row r="226" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A226" s="12">
         <v>2023</v>
       </c>
       <c r="B226" s="12" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="13">
         <v>641</v>
       </c>
       <c r="D226" s="13">
         <v>119</v>
       </c>
       <c r="E226" s="14">
         <v>0.18564742589704</v>
       </c>
       <c r="F226" s="13">
         <v>374</v>
       </c>
       <c r="G226" s="13">
         <v>83</v>
       </c>
       <c r="H226" s="14">
         <v>0.22192513368983999</v>
       </c>
     </row>
-    <row r="227" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A227" s="12">
         <v>2023</v>
       </c>
       <c r="B227" s="12" t="s">
         <v>15</v>
       </c>
       <c r="C227" s="13">
         <v>2292</v>
       </c>
       <c r="D227" s="13">
         <v>496</v>
       </c>
       <c r="E227" s="14">
         <v>0.21640488656195001</v>
       </c>
       <c r="F227" s="13">
         <v>1072</v>
       </c>
       <c r="G227" s="13">
         <v>231</v>
       </c>
       <c r="H227" s="14">
         <v>0.21548507462687</v>
       </c>
     </row>
-    <row r="228" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A228" s="12">
         <v>2023</v>
       </c>
       <c r="B228" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C228" s="13">
         <v>678</v>
       </c>
       <c r="D228" s="13">
         <v>116</v>
       </c>
       <c r="E228" s="14">
         <v>0.17109144542773</v>
       </c>
       <c r="F228" s="13">
         <v>301</v>
       </c>
       <c r="G228" s="13">
         <v>35</v>
       </c>
       <c r="H228" s="14">
         <v>0.11627906976744</v>
       </c>
     </row>
-    <row r="229" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A229" s="12">
         <v>2023</v>
       </c>
       <c r="B229" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C229" s="13">
         <v>2913</v>
       </c>
       <c r="D229" s="13">
         <v>1081</v>
       </c>
       <c r="E229" s="14">
         <v>0.37109509097151</v>
       </c>
       <c r="F229" s="13">
         <v>360</v>
       </c>
       <c r="G229" s="13">
         <v>76</v>
       </c>
       <c r="H229" s="14">
         <v>0.21111111111111</v>
       </c>
     </row>
-    <row r="230" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A230" s="12">
         <v>2023</v>
       </c>
       <c r="B230" s="12" t="s">
         <v>18</v>
       </c>
       <c r="C230" s="13">
         <v>1882</v>
       </c>
       <c r="D230" s="13">
         <v>380</v>
       </c>
       <c r="E230" s="14">
         <v>0.20191285866100001</v>
       </c>
       <c r="F230" s="13">
         <v>1043</v>
       </c>
       <c r="G230" s="13">
         <v>218</v>
       </c>
       <c r="H230" s="14">
         <v>0.20901246404602</v>
       </c>
     </row>
-    <row r="231" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A231" s="12">
         <v>2023</v>
       </c>
       <c r="B231" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="13">
         <v>433</v>
       </c>
       <c r="D231" s="13">
         <v>82</v>
       </c>
       <c r="E231" s="14">
         <v>0.18937644341800999</v>
       </c>
       <c r="F231" s="13">
         <v>261</v>
       </c>
       <c r="G231" s="13">
         <v>55</v>
       </c>
       <c r="H231" s="14">
         <v>0.21072796934866</v>
       </c>
     </row>
-    <row r="232" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A232" s="12">
         <v>2023</v>
       </c>
       <c r="B232" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C232" s="13">
         <v>3274</v>
       </c>
       <c r="D232" s="13">
         <v>684</v>
       </c>
       <c r="E232" s="14">
         <v>0.20891875381795999</v>
       </c>
       <c r="F232" s="13">
         <v>1502</v>
       </c>
       <c r="G232" s="13">
         <v>302</v>
       </c>
       <c r="H232" s="14">
         <v>0.20106524633822001</v>
       </c>
     </row>
-    <row r="233" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A233" s="12">
         <v>2023</v>
       </c>
       <c r="B233" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C233" s="13">
         <v>225</v>
       </c>
       <c r="D233" s="13">
         <v>35</v>
       </c>
       <c r="E233" s="14">
         <v>0.15555555555556</v>
       </c>
       <c r="F233" s="13">
         <v>117</v>
       </c>
       <c r="G233" s="13">
         <v>22</v>
       </c>
       <c r="H233" s="14">
         <v>0.18803418803419</v>
       </c>
     </row>
-    <row r="234" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A234" s="12">
         <v>2023</v>
       </c>
       <c r="B234" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C234" s="13">
         <v>124</v>
       </c>
       <c r="D234" s="13">
         <v>19</v>
       </c>
       <c r="E234" s="14">
         <v>0.15322580645160999</v>
       </c>
       <c r="F234" s="13">
         <v>50</v>
       </c>
       <c r="G234" s="13">
         <v>8</v>
       </c>
       <c r="H234" s="14">
         <v>0.16</v>
       </c>
     </row>
-    <row r="235" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A235" s="12">
         <v>2023</v>
       </c>
       <c r="B235" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C235" s="13">
         <v>850</v>
       </c>
       <c r="D235" s="13">
         <v>52</v>
       </c>
       <c r="E235" s="14">
         <v>6.1176470588240002E-2</v>
       </c>
       <c r="F235" s="13">
         <v>119</v>
       </c>
       <c r="G235" s="13">
         <v>36</v>
       </c>
       <c r="H235" s="14">
         <v>0.30252100840335999</v>
       </c>
     </row>
-    <row r="236" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A236" s="15">
         <v>2023</v>
       </c>
       <c r="B236" s="15" t="s">
         <v>34</v>
       </c>
       <c r="C236" s="16">
         <v>39172</v>
       </c>
       <c r="D236" s="16">
         <v>7882</v>
       </c>
       <c r="E236" s="17">
         <v>0.20121515368119999</v>
       </c>
       <c r="F236" s="16">
         <v>16781</v>
       </c>
       <c r="G236" s="16">
         <v>3300</v>
       </c>
       <c r="H236" s="17">
         <v>0.19665097431619</v>
       </c>
     </row>
-    <row r="237" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A237" s="24">
         <v>2024</v>
       </c>
       <c r="B237" s="18" t="s">
         <v>1</v>
       </c>
       <c r="C237" s="19">
         <v>46</v>
       </c>
       <c r="D237" s="19">
         <v>7</v>
       </c>
       <c r="E237" s="20">
         <v>0.15217391304347999</v>
       </c>
       <c r="F237" s="19">
         <v>45</v>
       </c>
       <c r="G237" s="19">
         <v>11</v>
       </c>
       <c r="H237" s="20">
         <v>0.24444444444444</v>
       </c>
     </row>
-    <row r="238" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A238" s="24">
         <v>2024</v>
       </c>
       <c r="B238" s="18" t="s">
         <v>23</v>
       </c>
       <c r="C238" s="19">
         <v>244</v>
       </c>
       <c r="D238" s="19">
         <v>30</v>
       </c>
       <c r="E238" s="20">
         <v>0.12295081967212999</v>
       </c>
       <c r="F238" s="19">
         <v>90</v>
       </c>
       <c r="G238" s="19">
         <v>17</v>
       </c>
       <c r="H238" s="20">
         <v>0.18888888888888999</v>
       </c>
     </row>
-    <row r="239" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A239" s="24">
         <v>2024</v>
       </c>
       <c r="B239" s="18" t="s">
         <v>35</v>
       </c>
       <c r="C239" s="19">
         <v>210</v>
       </c>
       <c r="D239" s="19">
         <v>33</v>
       </c>
       <c r="E239" s="20">
         <v>0.15714285714286</v>
       </c>
       <c r="F239" s="19">
         <v>155</v>
       </c>
       <c r="G239" s="19">
         <v>28</v>
       </c>
       <c r="H239" s="20">
         <v>0.18064516129031999</v>
       </c>
     </row>
-    <row r="240" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A240" s="24">
         <v>2024</v>
       </c>
       <c r="B240" s="18" t="s">
         <v>2</v>
       </c>
       <c r="C240" s="19">
         <v>6161</v>
       </c>
       <c r="D240" s="19">
         <v>776</v>
       </c>
       <c r="E240" s="20">
         <v>0.12595357896445</v>
       </c>
       <c r="F240" s="19">
         <v>3543</v>
       </c>
       <c r="G240" s="19">
         <v>457</v>
       </c>
       <c r="H240" s="20">
         <v>0.12898673440587</v>
       </c>
     </row>
-    <row r="241" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A241" s="24">
         <v>2024</v>
       </c>
       <c r="B241" s="18" t="s">
         <v>3</v>
       </c>
       <c r="C241" s="19">
         <v>958</v>
       </c>
       <c r="D241" s="19">
         <v>242</v>
       </c>
       <c r="E241" s="20">
         <v>0.25260960334028998</v>
       </c>
       <c r="F241" s="19">
         <v>369</v>
       </c>
       <c r="G241" s="19">
         <v>92</v>
       </c>
       <c r="H241" s="20">
         <v>0.24932249322493</v>
       </c>
     </row>
-    <row r="242" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A242" s="24">
         <v>2024</v>
       </c>
       <c r="B242" s="18" t="s">
         <v>4</v>
       </c>
       <c r="C242" s="19">
         <v>306</v>
       </c>
       <c r="D242" s="19">
         <v>55</v>
       </c>
       <c r="E242" s="20">
         <v>0.17973856209149999</v>
       </c>
       <c r="F242" s="19">
         <v>188</v>
       </c>
       <c r="G242" s="19">
         <v>36</v>
       </c>
       <c r="H242" s="20">
         <v>0.19148936170212999</v>
       </c>
     </row>
-    <row r="243" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A243" s="24">
         <v>2024</v>
       </c>
       <c r="B243" s="18" t="s">
         <v>5</v>
       </c>
       <c r="C243" s="19">
         <v>3635</v>
       </c>
       <c r="D243" s="19">
         <v>670</v>
       </c>
       <c r="E243" s="20">
         <v>0.18431911966987999</v>
       </c>
       <c r="F243" s="19">
         <v>1642</v>
       </c>
       <c r="G243" s="19">
         <v>293</v>
       </c>
       <c r="H243" s="20">
         <v>0.17844092570037001</v>
       </c>
     </row>
-    <row r="244" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A244" s="24">
         <v>2024</v>
       </c>
       <c r="B244" s="18" t="s">
         <v>6</v>
       </c>
       <c r="C244" s="19">
         <v>3558</v>
       </c>
       <c r="D244" s="19">
         <v>556</v>
       </c>
       <c r="E244" s="20">
         <v>0.15626756604834</v>
       </c>
       <c r="F244" s="19">
         <v>1935</v>
       </c>
       <c r="G244" s="19">
         <v>327</v>
       </c>
       <c r="H244" s="20">
         <v>0.16899224806202001</v>
       </c>
     </row>
-    <row r="245" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A245" s="24">
         <v>2024</v>
       </c>
       <c r="B245" s="18" t="s">
         <v>7</v>
       </c>
       <c r="C245" s="19">
         <v>518</v>
       </c>
       <c r="D245" s="19">
         <v>102</v>
       </c>
       <c r="E245" s="20">
         <v>0.19691119691119999</v>
       </c>
       <c r="F245" s="19">
         <v>225</v>
       </c>
       <c r="G245" s="19">
         <v>49</v>
       </c>
       <c r="H245" s="20">
         <v>0.21777777777778001</v>
       </c>
     </row>
-    <row r="246" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A246" s="24">
         <v>2024</v>
       </c>
       <c r="B246" s="18" t="s">
         <v>8</v>
       </c>
       <c r="C246" s="19">
         <v>5729</v>
       </c>
       <c r="D246" s="19">
         <v>972</v>
       </c>
       <c r="E246" s="20">
         <v>0.16966311747251001</v>
       </c>
       <c r="F246" s="19">
         <v>1915</v>
       </c>
       <c r="G246" s="19">
         <v>313</v>
       </c>
       <c r="H246" s="20">
         <v>0.16344647519582001</v>
       </c>
     </row>
-    <row r="247" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A247" s="24">
         <v>2024</v>
       </c>
       <c r="B247" s="18" t="s">
         <v>9</v>
       </c>
       <c r="C247" s="19">
         <v>1075</v>
       </c>
       <c r="D247" s="19">
         <v>173</v>
       </c>
       <c r="E247" s="20">
         <v>0.16093023255814001</v>
       </c>
       <c r="F247" s="19">
         <v>439</v>
       </c>
       <c r="G247" s="19">
         <v>82</v>
       </c>
       <c r="H247" s="20">
         <v>0.18678815489749001</v>
       </c>
     </row>
-    <row r="248" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A248" s="24">
         <v>2024</v>
       </c>
       <c r="B248" s="18" t="s">
         <v>10</v>
       </c>
       <c r="C248" s="19">
         <v>867</v>
       </c>
       <c r="D248" s="19">
         <v>124</v>
       </c>
       <c r="E248" s="20">
         <v>0.14302191464821001</v>
       </c>
       <c r="F248" s="19">
         <v>309</v>
       </c>
       <c r="G248" s="19">
         <v>56</v>
       </c>
       <c r="H248" s="20">
         <v>0.18122977346277999</v>
       </c>
     </row>
-    <row r="249" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A249" s="24">
         <v>2024</v>
       </c>
       <c r="B249" s="18" t="s">
         <v>11</v>
       </c>
       <c r="C249" s="19">
         <v>2031</v>
       </c>
       <c r="D249" s="19">
         <v>348</v>
       </c>
       <c r="E249" s="20">
         <v>0.17134416543575001</v>
       </c>
       <c r="F249" s="19">
         <v>867</v>
       </c>
       <c r="G249" s="19">
         <v>177</v>
       </c>
       <c r="H249" s="20">
         <v>0.20415224913495</v>
       </c>
     </row>
-    <row r="250" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A250" s="24">
         <v>2024</v>
       </c>
       <c r="B250" s="18" t="s">
         <v>12</v>
       </c>
       <c r="C250" s="19">
         <v>1300</v>
       </c>
       <c r="D250" s="19">
         <v>230</v>
       </c>
       <c r="E250" s="20">
         <v>0.17692307692308001</v>
       </c>
       <c r="F250" s="19">
         <v>890</v>
       </c>
       <c r="G250" s="19">
         <v>164</v>
       </c>
       <c r="H250" s="20">
         <v>0.18426966292135</v>
       </c>
     </row>
-    <row r="251" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A251" s="24">
         <v>2024</v>
       </c>
       <c r="B251" s="18" t="s">
         <v>13</v>
       </c>
       <c r="C251" s="19">
         <v>610</v>
       </c>
       <c r="D251" s="19">
         <v>145</v>
       </c>
       <c r="E251" s="20">
         <v>0.23770491803279001</v>
       </c>
       <c r="F251" s="19">
         <v>216</v>
       </c>
       <c r="G251" s="19">
         <v>48</v>
       </c>
       <c r="H251" s="20">
         <v>0.22222222222221999</v>
       </c>
     </row>
-    <row r="252" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A252" s="24">
         <v>2024</v>
       </c>
       <c r="B252" s="18" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="19">
         <v>682</v>
       </c>
       <c r="D252" s="19">
         <v>125</v>
       </c>
       <c r="E252" s="20">
         <v>0.18328445747801</v>
       </c>
       <c r="F252" s="19">
         <v>352</v>
       </c>
       <c r="G252" s="19">
         <v>55</v>
       </c>
       <c r="H252" s="20">
         <v>0.15625</v>
       </c>
     </row>
-    <row r="253" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A253" s="24">
         <v>2024</v>
       </c>
       <c r="B253" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C253" s="19">
         <v>2506</v>
       </c>
       <c r="D253" s="19">
         <v>483</v>
       </c>
       <c r="E253" s="20">
         <v>0.1927374301676</v>
       </c>
       <c r="F253" s="19">
         <v>1080</v>
       </c>
       <c r="G253" s="19">
         <v>231</v>
       </c>
       <c r="H253" s="20">
         <v>0.21388888888888999</v>
       </c>
     </row>
-    <row r="254" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A254" s="24">
         <v>2024</v>
       </c>
       <c r="B254" s="18" t="s">
         <v>16</v>
       </c>
       <c r="C254" s="19">
         <v>729</v>
       </c>
       <c r="D254" s="19">
         <v>115</v>
       </c>
       <c r="E254" s="20">
         <v>0.15775034293553</v>
       </c>
       <c r="F254" s="19">
         <v>374</v>
       </c>
       <c r="G254" s="19">
         <v>54</v>
       </c>
       <c r="H254" s="20">
         <v>0.14438502673796999</v>
       </c>
     </row>
-    <row r="255" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A255" s="24">
         <v>2024</v>
       </c>
       <c r="B255" s="18" t="s">
         <v>17</v>
       </c>
       <c r="C255" s="19">
         <v>3081</v>
       </c>
       <c r="D255" s="19">
         <v>994</v>
       </c>
       <c r="E255" s="20">
         <v>0.32262252515417</v>
       </c>
       <c r="F255" s="19">
         <v>350</v>
       </c>
       <c r="G255" s="19">
         <v>43</v>
       </c>
       <c r="H255" s="20">
         <v>0.12285714285714</v>
       </c>
     </row>
-    <row r="256" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A256" s="24">
         <v>2024</v>
       </c>
       <c r="B256" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C256" s="19">
         <v>1958</v>
       </c>
       <c r="D256" s="19">
         <v>382</v>
       </c>
       <c r="E256" s="20">
         <v>0.19509703779366999</v>
       </c>
       <c r="F256" s="19">
         <v>1203</v>
       </c>
       <c r="G256" s="19">
         <v>254</v>
       </c>
       <c r="H256" s="20">
         <v>0.21113881961761999</v>
       </c>
     </row>
-    <row r="257" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A257" s="24">
         <v>2024</v>
       </c>
       <c r="B257" s="18" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="19">
         <v>389</v>
       </c>
       <c r="D257" s="19">
         <v>47</v>
       </c>
       <c r="E257" s="20">
         <v>0.12082262210797</v>
       </c>
       <c r="F257" s="19">
         <v>235</v>
       </c>
       <c r="G257" s="19">
         <v>35</v>
       </c>
       <c r="H257" s="20">
         <v>0.14893617021277</v>
       </c>
     </row>
-    <row r="258" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A258" s="24">
         <v>2024</v>
       </c>
       <c r="B258" s="18" t="s">
         <v>19</v>
       </c>
       <c r="C258" s="19">
         <v>3383</v>
       </c>
       <c r="D258" s="19">
         <v>529</v>
       </c>
       <c r="E258" s="20">
         <v>0.15637008572273001</v>
       </c>
       <c r="F258" s="19">
         <v>1667</v>
       </c>
       <c r="G258" s="19">
         <v>249</v>
       </c>
       <c r="H258" s="20">
         <v>0.14937012597481</v>
       </c>
     </row>
-    <row r="259" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A259" s="24">
         <v>2024</v>
       </c>
       <c r="B259" s="18" t="s">
         <v>20</v>
       </c>
       <c r="C259" s="19">
         <v>225</v>
       </c>
       <c r="D259" s="19">
         <v>32</v>
       </c>
       <c r="E259" s="20">
         <v>0.14222222222222</v>
       </c>
       <c r="F259" s="19">
         <v>135</v>
       </c>
       <c r="G259" s="19">
         <v>22</v>
       </c>
       <c r="H259" s="20">
         <v>0.16296296296296001</v>
       </c>
     </row>
-    <row r="260" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A260" s="24">
         <v>2024</v>
       </c>
       <c r="B260" s="18" t="s">
         <v>21</v>
       </c>
       <c r="C260" s="19">
         <v>161</v>
       </c>
       <c r="D260" s="19">
         <v>19</v>
       </c>
       <c r="E260" s="20">
         <v>0.11801242236025</v>
       </c>
       <c r="F260" s="19">
         <v>76</v>
       </c>
       <c r="G260" s="19">
         <v>10</v>
       </c>
       <c r="H260" s="20">
         <v>0.13157894736841999</v>
       </c>
     </row>
-    <row r="261" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A261" s="24">
         <v>2024</v>
       </c>
       <c r="B261" s="18" t="s">
         <v>22</v>
       </c>
       <c r="C261" s="19">
         <v>1036</v>
       </c>
       <c r="D261" s="19">
         <v>37</v>
       </c>
       <c r="E261" s="20">
         <v>3.5714285714290001E-2</v>
       </c>
       <c r="F261" s="19">
         <v>48</v>
       </c>
       <c r="G261" s="19">
         <v>5</v>
       </c>
       <c r="H261" s="20">
         <v>0.10416666666667</v>
       </c>
     </row>
-    <row r="262" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A262" s="25">
         <v>2024</v>
       </c>
       <c r="B262" s="21" t="s">
         <v>34</v>
       </c>
       <c r="C262" s="22">
         <v>41398</v>
       </c>
       <c r="D262" s="22">
         <v>7226</v>
       </c>
       <c r="E262" s="23">
         <v>0.17454949514469001</v>
       </c>
       <c r="F262" s="22">
         <v>18348</v>
       </c>
       <c r="G262" s="22">
         <v>3108</v>
       </c>
       <c r="H262" s="23">
         <v>0.16939175931982001</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A263" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B263" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="C263" s="19">
+        <v>55</v>
+      </c>
+      <c r="D263" s="19">
+        <v>10</v>
+      </c>
+      <c r="E263" s="20">
+        <v>0.18181818181817999</v>
+      </c>
+      <c r="F263" s="19">
+        <v>53</v>
+      </c>
+      <c r="G263" s="19">
+        <v>8</v>
+      </c>
+      <c r="H263" s="20">
+        <v>0.15094339622642</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A264" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B264" s="18" t="s">
+        <v>23</v>
+      </c>
+      <c r="C264" s="19">
+        <v>223</v>
+      </c>
+      <c r="D264" s="19">
+        <v>30</v>
+      </c>
+      <c r="E264" s="20">
+        <v>0.13452914798206</v>
+      </c>
+      <c r="F264" s="19">
+        <v>94</v>
+      </c>
+      <c r="G264" s="19">
+        <v>17</v>
+      </c>
+      <c r="H264" s="20">
+        <v>0.18085106382978999</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A265" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B265" s="18" t="s">
+        <v>35</v>
+      </c>
+      <c r="C265" s="19">
+        <v>219</v>
+      </c>
+      <c r="D265" s="19">
+        <v>24</v>
+      </c>
+      <c r="E265" s="20">
+        <v>0.10958904109589</v>
+      </c>
+      <c r="F265" s="19">
+        <v>163</v>
+      </c>
+      <c r="G265" s="19">
+        <v>11</v>
+      </c>
+      <c r="H265" s="20">
+        <v>6.7484662576690002E-2</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A266" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B266" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="C266" s="19">
+        <v>6873</v>
+      </c>
+      <c r="D266" s="19">
+        <v>596</v>
+      </c>
+      <c r="E266" s="20">
+        <v>8.6716135603080002E-2</v>
+      </c>
+      <c r="F266" s="19">
+        <v>3928</v>
+      </c>
+      <c r="G266" s="19">
+        <v>337</v>
+      </c>
+      <c r="H266" s="20">
+        <v>8.5794297352339996E-2</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A267" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B267" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="C267" s="19">
+        <v>1049</v>
+      </c>
+      <c r="D267" s="19">
+        <v>181</v>
+      </c>
+      <c r="E267" s="20">
+        <v>0.17254528122021001</v>
+      </c>
+      <c r="F267" s="19">
+        <v>430</v>
+      </c>
+      <c r="G267" s="19">
+        <v>64</v>
+      </c>
+      <c r="H267" s="20">
+        <v>0.14883720930232999</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A268" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B268" s="18" t="s">
+        <v>4</v>
+      </c>
+      <c r="C268" s="19">
+        <v>432</v>
+      </c>
+      <c r="D268" s="19">
+        <v>26</v>
+      </c>
+      <c r="E268" s="20">
+        <v>6.0185185185189997E-2</v>
+      </c>
+      <c r="F268" s="19">
+        <v>245</v>
+      </c>
+      <c r="G268" s="19">
+        <v>18</v>
+      </c>
+      <c r="H268" s="20">
+        <v>7.3469387755099994E-2</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A269" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B269" s="18" t="s">
+        <v>5</v>
+      </c>
+      <c r="C269" s="19">
+        <v>3839</v>
+      </c>
+      <c r="D269" s="19">
+        <v>627</v>
+      </c>
+      <c r="E269" s="20">
+        <v>0.16332378223496</v>
+      </c>
+      <c r="F269" s="19">
+        <v>1928</v>
+      </c>
+      <c r="G269" s="19">
+        <v>276</v>
+      </c>
+      <c r="H269" s="20">
+        <v>0.14315352697094999</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A270" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B270" s="18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C270" s="19">
+        <v>4437</v>
+      </c>
+      <c r="D270" s="19">
+        <v>313</v>
+      </c>
+      <c r="E270" s="20">
+        <v>7.0543159792649995E-2</v>
+      </c>
+      <c r="F270" s="19">
+        <v>2440</v>
+      </c>
+      <c r="G270" s="19">
+        <v>210</v>
+      </c>
+      <c r="H270" s="20">
+        <v>8.6065573770489998E-2</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A271" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B271" s="18" t="s">
+        <v>7</v>
+      </c>
+      <c r="C271" s="19">
+        <v>515</v>
+      </c>
+      <c r="D271" s="19">
+        <v>63</v>
+      </c>
+      <c r="E271" s="20">
+        <v>0.12233009708738</v>
+      </c>
+      <c r="F271" s="19">
+        <v>259</v>
+      </c>
+      <c r="G271" s="19">
+        <v>24</v>
+      </c>
+      <c r="H271" s="20">
+        <v>9.2664092664089995E-2</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A272" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B272" s="18" t="s">
+        <v>8</v>
+      </c>
+      <c r="C272" s="19">
+        <v>6242</v>
+      </c>
+      <c r="D272" s="19">
+        <v>893</v>
+      </c>
+      <c r="E272" s="20">
+        <v>0.14306312079462</v>
+      </c>
+      <c r="F272" s="19">
+        <v>2301</v>
+      </c>
+      <c r="G272" s="19">
+        <v>364</v>
+      </c>
+      <c r="H272" s="20">
+        <v>0.15819209039547999</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A273" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B273" s="18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" s="19">
+        <v>1069</v>
+      </c>
+      <c r="D273" s="19">
+        <v>130</v>
+      </c>
+      <c r="E273" s="20">
+        <v>0.12160898035547001</v>
+      </c>
+      <c r="F273" s="19">
+        <v>437</v>
+      </c>
+      <c r="G273" s="19">
+        <v>54</v>
+      </c>
+      <c r="H273" s="20">
+        <v>0.12356979405034001</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A274" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B274" s="18" t="s">
+        <v>10</v>
+      </c>
+      <c r="C274" s="19">
+        <v>1125</v>
+      </c>
+      <c r="D274" s="19">
+        <v>132</v>
+      </c>
+      <c r="E274" s="20">
+        <v>0.11733333333333</v>
+      </c>
+      <c r="F274" s="19">
+        <v>470</v>
+      </c>
+      <c r="G274" s="19">
+        <v>62</v>
+      </c>
+      <c r="H274" s="20">
+        <v>0.13191489361702</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A275" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B275" s="18" t="s">
+        <v>11</v>
+      </c>
+      <c r="C275" s="19">
+        <v>2248</v>
+      </c>
+      <c r="D275" s="19">
+        <v>295</v>
+      </c>
+      <c r="E275" s="20">
+        <v>0.13122775800712</v>
+      </c>
+      <c r="F275" s="19">
+        <v>926</v>
+      </c>
+      <c r="G275" s="19">
+        <v>131</v>
+      </c>
+      <c r="H275" s="20">
+        <v>0.14146868250540001</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A276" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B276" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="C276" s="19">
+        <v>1462</v>
+      </c>
+      <c r="D276" s="19">
+        <v>175</v>
+      </c>
+      <c r="E276" s="20">
+        <v>0.11969904240765999</v>
+      </c>
+      <c r="F276" s="19">
+        <v>987</v>
+      </c>
+      <c r="G276" s="19">
+        <v>138</v>
+      </c>
+      <c r="H276" s="20">
+        <v>0.13981762917932999</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A277" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B277" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C277" s="19">
+        <v>754</v>
+      </c>
+      <c r="D277" s="19">
+        <v>123</v>
+      </c>
+      <c r="E277" s="20">
+        <v>0.16312997347479999</v>
+      </c>
+      <c r="F277" s="19">
+        <v>242</v>
+      </c>
+      <c r="G277" s="19">
+        <v>41</v>
+      </c>
+      <c r="H277" s="20">
+        <v>0.16942148760330999</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A278" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B278" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="C278" s="19">
+        <v>708</v>
+      </c>
+      <c r="D278" s="19">
+        <v>129</v>
+      </c>
+      <c r="E278" s="20">
+        <v>0.18220338983050999</v>
+      </c>
+      <c r="F278" s="19">
+        <v>385</v>
+      </c>
+      <c r="G278" s="19">
+        <v>48</v>
+      </c>
+      <c r="H278" s="20">
+        <v>0.12467532467532</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A279" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B279" s="18" t="s">
+        <v>15</v>
+      </c>
+      <c r="C279" s="19">
+        <v>2603</v>
+      </c>
+      <c r="D279" s="19">
+        <v>322</v>
+      </c>
+      <c r="E279" s="20">
+        <v>0.12370341913177001</v>
+      </c>
+      <c r="F279" s="19">
+        <v>1224</v>
+      </c>
+      <c r="G279" s="19">
+        <v>138</v>
+      </c>
+      <c r="H279" s="20">
+        <v>0.11274509803922</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A280" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B280" s="18" t="s">
+        <v>16</v>
+      </c>
+      <c r="C280" s="19">
+        <v>703</v>
+      </c>
+      <c r="D280" s="19">
+        <v>81</v>
+      </c>
+      <c r="E280" s="20">
+        <v>0.11522048364154</v>
+      </c>
+      <c r="F280" s="19">
+        <v>341</v>
+      </c>
+      <c r="G280" s="19">
+        <v>44</v>
+      </c>
+      <c r="H280" s="20">
+        <v>0.12903225806452001</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A281" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B281" s="18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C281" s="19">
+        <v>3713</v>
+      </c>
+      <c r="D281" s="19">
+        <v>996</v>
+      </c>
+      <c r="E281" s="20">
+        <v>0.26824670078104002</v>
+      </c>
+      <c r="F281" s="19">
+        <v>280</v>
+      </c>
+      <c r="G281" s="19">
+        <v>19</v>
+      </c>
+      <c r="H281" s="20">
+        <v>6.7857142857139993E-2</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A282" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B282" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="C282" s="19">
+        <v>2127</v>
+      </c>
+      <c r="D282" s="19">
+        <v>222</v>
+      </c>
+      <c r="E282" s="20">
+        <v>0.10437235543018</v>
+      </c>
+      <c r="F282" s="19">
+        <v>1402</v>
+      </c>
+      <c r="G282" s="19">
+        <v>129</v>
+      </c>
+      <c r="H282" s="20">
+        <v>9.2011412268189999E-2</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A283" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B283" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C283" s="19">
+        <v>454</v>
+      </c>
+      <c r="D283" s="19">
+        <v>18</v>
+      </c>
+      <c r="E283" s="20">
+        <v>3.9647577092510003E-2</v>
+      </c>
+      <c r="F283" s="19">
+        <v>262</v>
+      </c>
+      <c r="G283" s="19">
+        <v>8</v>
+      </c>
+      <c r="H283" s="20">
+        <v>3.0534351145039999E-2</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A284" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B284" s="18" t="s">
+        <v>19</v>
+      </c>
+      <c r="C284" s="19">
+        <v>3700</v>
+      </c>
+      <c r="D284" s="19">
+        <v>419</v>
+      </c>
+      <c r="E284" s="20">
+        <v>0.11324324324324</v>
+      </c>
+      <c r="F284" s="19">
+        <v>1889</v>
+      </c>
+      <c r="G284" s="19">
+        <v>187</v>
+      </c>
+      <c r="H284" s="20">
+        <v>9.8994176813129997E-2</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A285" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B285" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="C285" s="19">
+        <v>205</v>
+      </c>
+      <c r="D285" s="19">
+        <v>19</v>
+      </c>
+      <c r="E285" s="20">
+        <v>9.2682926829269999E-2</v>
+      </c>
+      <c r="F285" s="19">
+        <v>94</v>
+      </c>
+      <c r="G285" s="19">
+        <v>9</v>
+      </c>
+      <c r="H285" s="20">
+        <v>9.5744680851059999E-2</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A286" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B286" s="18" t="s">
+        <v>21</v>
+      </c>
+      <c r="C286" s="19">
+        <v>220</v>
+      </c>
+      <c r="D286" s="19">
+        <v>24</v>
+      </c>
+      <c r="E286" s="20">
+        <v>0.10909090909091</v>
+      </c>
+      <c r="F286" s="19">
+        <v>99</v>
+      </c>
+      <c r="G286" s="19">
+        <v>6</v>
+      </c>
+      <c r="H286" s="20">
+        <v>6.0606060606059997E-2</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A287" s="24">
+        <v>2025</v>
+      </c>
+      <c r="B287" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="C287" s="19">
+        <v>1195</v>
+      </c>
+      <c r="D287" s="19">
+        <v>38</v>
+      </c>
+      <c r="E287" s="20">
+        <v>3.1799163179920001E-2</v>
+      </c>
+      <c r="F287" s="19">
+        <v>107</v>
+      </c>
+      <c r="G287" s="19">
+        <v>4</v>
+      </c>
+      <c r="H287" s="20">
+        <v>3.738317757009E-2</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A288" s="25">
+        <v>2025</v>
+      </c>
+      <c r="B288" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="C288" s="22">
+        <v>46170</v>
+      </c>
+      <c r="D288" s="22">
+        <v>5886</v>
+      </c>
+      <c r="E288" s="23">
+        <v>0.12748538011696001</v>
+      </c>
+      <c r="F288" s="22">
+        <v>20986</v>
+      </c>
+      <c r="G288" s="22">
+        <v>2347</v>
+      </c>
+      <c r="H288" s="23">
+        <v>0.11183646240351</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sort="0" autoFilter="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B9FEAF5-4B16-4B2A-BBB6-A405AE8ECA26}">
   <dimension ref="A1:O9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="42.109375" style="5" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="9" max="16384" width="8.88671875" style="5"/>
+    <col min="1" max="1" width="42.140625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="125.7109375" style="5" customWidth="1"/>
+    <col min="3" max="7" width="8.85546875" style="5"/>
+    <col min="8" max="8" width="22.28515625" style="5" customWidth="1"/>
+    <col min="9" max="16384" width="8.85546875" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="10" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:15" s="10" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B1" s="27" t="s">
         <v>27</v>
       </c>
       <c r="C1" s="28"/>
       <c r="D1" s="28"/>
       <c r="E1" s="28"/>
       <c r="F1" s="28"/>
       <c r="G1" s="28"/>
       <c r="H1" s="28"/>
       <c r="I1" s="28"/>
       <c r="J1" s="28"/>
       <c r="K1" s="28"/>
       <c r="L1" s="28"/>
       <c r="M1" s="28"/>
       <c r="N1" s="28"/>
       <c r="O1" s="28"/>
     </row>
-    <row r="2" spans="1:15" s="10" customFormat="1" ht="108.75" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>42</v>
+    <row r="2" spans="1:15" s="10" customFormat="1" ht="108.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="32" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" s="31" t="s">
+        <v>39</v>
       </c>
       <c r="C2" s="28"/>
       <c r="D2" s="28"/>
       <c r="E2" s="28"/>
       <c r="F2" s="28"/>
       <c r="G2" s="28"/>
       <c r="H2" s="28"/>
       <c r="I2" s="28"/>
       <c r="J2" s="28"/>
       <c r="K2" s="28"/>
       <c r="L2" s="28"/>
       <c r="M2" s="28"/>
       <c r="N2" s="28"/>
       <c r="O2" s="28"/>
     </row>
-    <row r="3" spans="1:15" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:15" ht="72" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="29" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
     </row>
-    <row r="4" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="30" t="s">
+    <row r="4" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="33" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="30" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="30" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="5" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...9 lines deleted...]
-    <row r="7" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:15" s="10" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="14.4" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="15" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A4" r:id="rId1" display="Source: NIH PUB File" xr:uid="{000FD8FB-5771-47CA-AAF8-D7A62A4D6337}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A5" r:id="rId3" display="NIH Grants and Funding Glossary" xr:uid="{2F59F0F8-139A-47AF-B99A-485974246646}"/>
+    <hyperlink ref="A6" r:id="rId1" xr:uid="{09849F8B-5A9C-40C9-A6C4-B5956CE0BB32}"/>
+    <hyperlink ref="A5" r:id="rId2" display="NIH Grants and Funding Glossary" xr:uid="{2F59F0F8-139A-47AF-B99A-485974246646}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId4"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307233afc278fc503943648cbe4c01eb">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fc45c3362ba0cf953b17f461af022e41" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE21F07BE801C647B12E3BEDDA10D61D" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f83288e959a10092cef2fb66c2462519">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xmlns:ns3="35e27768-2226-49f4-8f52-5dca1f0ab394" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f1c4bca905c003436b3d1eac05a6e272" ns2:_="" ns3:_="">
     <xsd:import namespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <xsd:import namespace="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:ReportTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:RelatedDataBookSlide_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Table_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORT_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns2:Password" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:Request_x0023_" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:RePORTTitleandLink" minOccurs="0"/>
                 <xsd:element ref="ns2:Contracts" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst1" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst2" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x002d_Analyst3" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date_Time" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="7a222e29-655f-43ea-b95e-fe9fdf1060f5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="ReportTitle" ma:index="2" nillable="true" ma:displayName="Report Title" ma:format="Dropdown" ma:internalName="ReportTitle" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Date" ma:index="3" nillable="true" ma:displayName="Status Date" ma:format="DateOnly" ma:internalName="Date" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="RelatedDataBookSlide_x0023_" ma:index="4" nillable="true" ma:displayName="Related Data Book Slide #" ma:format="Dropdown" ma:internalName="RelatedDataBookSlide_x0023_" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
@@ -9423,50 +10085,55 @@
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="34" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="8ce9f98e-9ad5-43de-b59a-72d7e946aae0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="36" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="37" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="38" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="Date_Time" ma:index="39" nillable="true" ma:displayName="Date_Time" ma:format="DateTime" ma:internalName="Date_Time">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="35e27768-2226-49f4-8f52-5dca1f0ab394" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:hidden="true" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:hidden="true" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
@@ -9562,160 +10229,152 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Password xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">129-23</Password>
     <Status xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">FY Updated</Status>
     <SharedWithUsers xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <ReportTitle xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Notes xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
-    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
+    <RePORT_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">958</RePORT_x0023_>
     <Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Spears, Cassandra (NIH/OD) [E]</DisplayName>
         <AccountId>17</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst1>
     <RelatedDataBookSlide_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Table_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">129</Table_x0023_>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <Contracts xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">No</Contracts>
     <Date_x002d_Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst3 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Date_x002d_Analyst1 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <Request_x0023_ xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
     <RePORTTitleandLink xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <Url>https://report.nih.gov/reportweb/web/displayreport?rId=958</Url>
       <Description>  Research Project Grants: Competing applications, awards, and award rates, by Institute/Center and single or multiple principal investigator status </Description>
     </RePORTTitleandLink>
     <Analyst2 xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5">
       <UserInfo>
         <DisplayName>Liang, Shuwen (NIH/OD) [E]</DisplayName>
         <AccountId>32</AccountId>
         <AccountType/>
       </UserInfo>
     </Analyst2>
     <TaxCatchAll xmlns="35e27768-2226-49f4-8f52-5dca1f0ab394" xsi:nil="true"/>
+    <Date_Time xmlns="7a222e29-655f-43ea-b95e-fe9fdf1060f5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E108C181-6834-49EF-9357-EFC2F8E2357C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C63A99C-B404-417C-A9FE-5F70E434C062}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E384E658-2CCB-4502-807E-C1274B57B9E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69B623CA-F995-491C-A923-E853EC989677}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CFCEF55A-7334-4FCE-A17E-45658241DA5E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="7a222e29-655f-43ea-b95e-fe9fdf1060f5"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="35e27768-2226-49f4-8f52-5dca1f0ab394"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{14b77578-9773-42d5-8507-251ca2dc2b06}" enabled="0" method="" siteId="{14b77578-9773-42d5-8507-251ca2dc2b06}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>